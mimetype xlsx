--- v0 (2026-02-07)
+++ v1 (2026-02-09)
@@ -670,232 +670,232 @@
       <c r="B13" s="7">
         <v>9.57</v>
       </c>
     </row>
     <row r="14" spans="1:10">
       <c r="A14" s="6" t="s">
         <v>18</v>
       </c>
       <c r="B14" s="7">
         <v>24.46</v>
       </c>
     </row>
     <row r="15" spans="1:10" customHeight="1" ht="34.8">
       <c r="A15" s="5" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="16" spans="1:10">
       <c r="A16" s="6" t="s">
         <v>20</v>
       </c>
       <c r="B16" s="10">
         <v>48.24</v>
       </c>
       <c r="C16" s="10">
-        <v>30.33</v>
+        <v>29.57</v>
       </c>
       <c r="D16" s="10">
-        <v>5.55</v>
+        <v>5.64</v>
       </c>
       <c r="E16" s="10">
-        <v>28.039999999999999</v>
+        <v>27.68</v>
       </c>
       <c r="F16" s="10">
-        <v>31.09</v>
+        <v>31.61</v>
       </c>
       <c r="G16" s="10">
-        <v>32.28</v>
+        <v>33.27</v>
       </c>
       <c r="H16" s="10">
-        <v>14.99</v>
+        <v>15.52</v>
       </c>
       <c r="I16" s="10">
-        <v>66.030000000000001</v>
+        <v>64.92</v>
       </c>
       <c r="J16" s="10">
-        <v>62.62</v>
+        <v>61.57</v>
       </c>
     </row>
     <row r="17" spans="1:10">
       <c r="A17" s="6" t="s">
         <v>21</v>
       </c>
       <c r="B17" s="10">
         <v>43.56</v>
       </c>
       <c r="C17" s="10">
-        <v>23.7</v>
+        <v>23.11</v>
       </c>
       <c r="D17" s="10">
-        <v>4.98</v>
+        <v>5.07</v>
       </c>
       <c r="E17" s="10">
-        <v>22.13</v>
+        <v>21.84</v>
       </c>
       <c r="F17" s="10">
-        <v>23.65</v>
+        <v>24.039999999999999</v>
       </c>
       <c r="G17" s="10">
-        <v>28.98</v>
+        <v>29.86</v>
       </c>
       <c r="H17" s="10">
-        <v>14.75</v>
+        <v>15.27</v>
       </c>
       <c r="I17" s="10">
-        <v>55.3</v>
+        <v>54.36</v>
       </c>
       <c r="J17" s="10">
-        <v>55.060000000000002</v>
+        <v>54.14</v>
       </c>
     </row>
     <row r="18" spans="1:10">
       <c r="A18" s="6" t="s">
         <v>22</v>
       </c>
       <c r="B18" s="10">
         <v>4.49</v>
       </c>
       <c r="C18" s="10">
-        <v>1.09</v>
+        <v>1.06</v>
       </c>
       <c r="D18" s="10">
-        <v>0.49</v>
+        <v>0.5</v>
       </c>
       <c r="E18" s="10">
-        <v>1.05</v>
+        <v>1.03</v>
       </c>
       <c r="F18" s="10">
-        <v>0.99</v>
+        <v>1.0</v>
       </c>
       <c r="G18" s="10">
-        <v>2.83</v>
+        <v>2.92</v>
       </c>
       <c r="H18" s="10">
-        <v>9.11</v>
+        <v>9.43</v>
       </c>
       <c r="I18" s="10">
-        <v>3.4</v>
+        <v>3.34</v>
       </c>
       <c r="J18" s="10">
-        <v>4.56</v>
+        <v>4.49</v>
       </c>
     </row>
     <row r="19" spans="1:10">
       <c r="A19" s="6" t="s">
         <v>23</v>
       </c>
       <c r="B19" s="10">
         <v>43.7</v>
       </c>
       <c r="C19" s="10">
-        <v>31.059999999999999</v>
+        <v>30.29</v>
       </c>
       <c r="D19" s="10">
-        <v>5.37</v>
+        <v>5.46</v>
       </c>
       <c r="E19" s="10">
-        <v>20.36</v>
+        <v>20.09</v>
       </c>
       <c r="F19" s="10">
-        <v>25.62</v>
+        <v>26.039999999999999</v>
       </c>
       <c r="G19" s="10">
-        <v>29.71</v>
+        <v>30.61</v>
       </c>
       <c r="H19" s="10">
-        <v>14.29</v>
+        <v>14.8</v>
       </c>
       <c r="I19" s="10">
-        <v>48.84</v>
+        <v>48.020000000000003</v>
       </c>
       <c r="J19" s="10">
-        <v>42.9</v>
+        <v>42.18</v>
       </c>
     </row>
     <row r="20" spans="1:10">
       <c r="A20" s="6" t="s">
         <v>24</v>
       </c>
       <c r="B20" s="10">
         <v>9.69</v>
       </c>
       <c r="C20" s="10">
-        <v>9.95</v>
+        <v>9.7</v>
       </c>
       <c r="D20" s="10">
-        <v>0.9</v>
+        <v>0.91</v>
       </c>
       <c r="E20" s="10">
-        <v>8.44</v>
+        <v>8.33</v>
       </c>
       <c r="F20" s="10">
-        <v>7.56</v>
+        <v>7.68</v>
       </c>
       <c r="G20" s="10">
-        <v>5.19</v>
+        <v>5.35</v>
       </c>
       <c r="H20" s="10">
-        <v>1.97</v>
+        <v>2.04</v>
       </c>
       <c r="I20" s="10">
-        <v>9.98</v>
+        <v>9.81</v>
       </c>
       <c r="J20" s="10">
-        <v>7.16</v>
+        <v>7.04</v>
       </c>
     </row>
     <row r="21" spans="1:10">
       <c r="A21" s="6" t="s">
         <v>25</v>
       </c>
       <c r="B21" s="10">
         <v>3.79</v>
       </c>
       <c r="C21" s="10">
-        <v>9.65</v>
+        <v>9.41</v>
       </c>
       <c r="D21" s="10">
-        <v>1.15</v>
+        <v>1.16</v>
       </c>
       <c r="E21" s="10">
-        <v>7.8</v>
+        <v>7.7</v>
       </c>
       <c r="F21" s="10">
-        <v>12.83</v>
+        <v>13.039999999999999</v>
       </c>
       <c r="G21" s="10">
-        <v>4.3</v>
+        <v>4.43</v>
       </c>
       <c r="H21" s="10">
-        <v>1.69</v>
+        <v>1.75</v>
       </c>
       <c r="I21" s="10">
-        <v>10.94</v>
+        <v>10.76</v>
       </c>
       <c r="J21" s="10">
-        <v>8.31</v>
+        <v>8.17</v>
       </c>
     </row>
     <row r="22" spans="1:10">
       <c r="A22" s="11" t="s">
         <v>26</v>
       </c>
       <c r="B22" s="11"/>
       <c r="C22" s="11"/>
       <c r="D22" s="11"/>
       <c r="E22" s="11"/>
       <c r="F22" s="11"/>
       <c r="G22" s="11"/>
       <c r="H22" s="11"/>
       <c r="I22" s="11"/>
       <c r="J22" s="11"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">