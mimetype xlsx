--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -547,392 +547,350 @@
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F27"/>
+  <dimension ref="A1:F24"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="F27" sqref="F27"/>
+      <selection activeCell="F24" sqref="F24"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="3" max="3" width="4.055" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.055" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" s="4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="5"/>
       <c r="B7" s="6" t="s">
         <v>4</v>
       </c>
       <c r="C7" s="6" t="s">
         <v>5</v>
       </c>
       <c r="D7" s="6" t="s">
         <v>6</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>7</v>
       </c>
       <c r="F7" s="6" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="7">
-        <v>45930</v>
+        <v>46022</v>
       </c>
       <c r="B8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="9" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="7">
-        <v>45838</v>
+        <v>45930</v>
       </c>
       <c r="B9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F9" s="9" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" s="7">
-        <v>45747</v>
+        <v>45838</v>
       </c>
       <c r="B10" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D10" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F10" s="9" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" s="7">
-        <v>45657</v>
+        <v>45747</v>
       </c>
       <c r="B11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F11" s="9" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" s="7">
-        <v>45565</v>
+        <v>45657</v>
       </c>
       <c r="B12" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D12" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F12" s="9" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" s="7">
-        <v>45473</v>
+        <v>45565</v>
       </c>
       <c r="B13" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D13" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F13" s="9" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="7">
-        <v>45382</v>
+        <v>45473</v>
       </c>
       <c r="B14" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D14" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F14" s="9" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="7">
-        <v>45291</v>
+        <v>45382</v>
       </c>
       <c r="B15" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D15" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F15" s="9" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" s="7">
-        <v>45199</v>
+        <v>45291</v>
       </c>
       <c r="B16" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D16" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F16" s="9" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" s="7">
-        <v>45107</v>
+        <v>45199</v>
       </c>
       <c r="B17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F17" s="9" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" s="7">
-        <v>45016</v>
+        <v>45107</v>
       </c>
       <c r="B18" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D18" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F18" s="9" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" s="7">
-        <v>44926</v>
+        <v>45016</v>
       </c>
       <c r="B19" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D19" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F19" s="9" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" s="7">
-        <v>44834</v>
+        <v>44926</v>
       </c>
       <c r="B20" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D20" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F20" s="9" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" s="7">
-        <v>44742</v>
+        <v>44834</v>
       </c>
       <c r="B21" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D21" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F21" s="9" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="7">
-        <v>44651</v>
+        <v>44742</v>
       </c>
       <c r="B22" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D22" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F22" s="9" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" s="7">
-        <v>44561</v>
+        <v>44651</v>
       </c>
       <c r="B23" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D23" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F23" s="9" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="24" spans="1:6">
-      <c r="A24" s="7">
-[...41 lines deleted...]
-      <c r="A27" s="10" t="s">
+      <c r="A24" s="10" t="s">
         <v>9</v>
       </c>
-      <c r="B27" s="10"/>
-[...3 lines deleted...]
-      <c r="F27" s="10"/>
+      <c r="B24" s="10"/>
+      <c r="C24" s="10"/>
+      <c r="D24" s="10"/>
+      <c r="E24" s="10"/>
+      <c r="F24" s="10"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H27"/>
+  <dimension ref="A1:H24"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="H27" sqref="H27"/>
+      <selection activeCell="H24" sqref="H24"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="3" max="3" width="4.055" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.055" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.055" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" s="3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:8">
@@ -944,399 +902,348 @@
       <c r="A7" s="5"/>
       <c r="B7" s="6" t="s">
         <v>4</v>
       </c>
       <c r="C7" s="6" t="s">
         <v>5</v>
       </c>
       <c r="D7" s="6" t="s">
         <v>11</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>7</v>
       </c>
       <c r="F7" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G7" s="6" t="s">
         <v>7</v>
       </c>
       <c r="H7" s="6" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" s="7">
-        <v>45930</v>
+        <v>46022</v>
       </c>
       <c r="B8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H8" s="9" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" s="7">
-        <v>45838</v>
+        <v>45930</v>
       </c>
       <c r="B9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F9" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H9" s="9" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" s="7">
-        <v>45747</v>
+        <v>45838</v>
       </c>
       <c r="B10" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D10" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F10" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H10" s="9" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" s="7">
-        <v>45657</v>
+        <v>45747</v>
       </c>
       <c r="B11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F11" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H11" s="9" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" s="7">
-        <v>45565</v>
+        <v>45657</v>
       </c>
       <c r="B12" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D12" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F12" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H12" s="9" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" s="7">
-        <v>45473</v>
+        <v>45565</v>
       </c>
       <c r="B13" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D13" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F13" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H13" s="9" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" s="7">
-        <v>45382</v>
+        <v>45473</v>
       </c>
       <c r="B14" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D14" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F14" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H14" s="9" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" s="7">
-        <v>45291</v>
+        <v>45382</v>
       </c>
       <c r="B15" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D15" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H15" s="9" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" s="7">
-        <v>45199</v>
+        <v>45291</v>
       </c>
       <c r="B16" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D16" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H16" s="9" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" s="7">
-        <v>45107</v>
+        <v>45199</v>
       </c>
       <c r="B17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H17" s="9" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" s="7">
-        <v>45016</v>
+        <v>45107</v>
       </c>
       <c r="B18" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D18" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H18" s="9" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" s="7">
-        <v>44926</v>
+        <v>45016</v>
       </c>
       <c r="B19" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D19" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F19" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H19" s="9" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" s="7">
-        <v>44834</v>
+        <v>44926</v>
       </c>
       <c r="B20" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D20" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F20" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H20" s="9" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" s="7">
-        <v>44742</v>
+        <v>44834</v>
       </c>
       <c r="B21" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D21" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F21" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H21" s="9" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" s="7">
-        <v>44651</v>
+        <v>44742</v>
       </c>
       <c r="B22" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D22" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F22" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H22" s="9" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" s="7">
-        <v>44561</v>
+        <v>44651</v>
       </c>
       <c r="B23" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D23" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F23" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H23" s="9" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="24" spans="1:8">
-      <c r="A24" s="7">
-[...50 lines deleted...]
-      <c r="A27" s="10" t="s">
+      <c r="A24" s="10" t="s">
         <v>9</v>
       </c>
-      <c r="B27" s="10"/>
-[...5 lines deleted...]
-      <c r="H27" s="10"/>
+      <c r="B24" s="10"/>
+      <c r="C24" s="10"/>
+      <c r="D24" s="10"/>
+      <c r="E24" s="10"/>
+      <c r="F24" s="10"/>
+      <c r="G24" s="10"/>
+      <c r="H24" s="10"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L27"/>
+  <dimension ref="A1:L24"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="L27" sqref="L27"/>
+      <selection activeCell="L24" sqref="L24"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="3" max="3" width="4.055" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.055" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.055" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.055" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.055" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:12">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:12">
       <c r="A4" s="3" t="s">
         <v>13</v>
       </c>
@@ -1362,855 +1269,744 @@
       </c>
       <c r="F7" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G7" s="6" t="s">
         <v>7</v>
       </c>
       <c r="H7" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I7" s="6" t="s">
         <v>7</v>
       </c>
       <c r="J7" s="6" t="s">
         <v>12</v>
       </c>
       <c r="K7" s="6" t="s">
         <v>7</v>
       </c>
       <c r="L7" s="6" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="8" spans="1:12">
       <c r="A8" s="7">
-        <v>45930</v>
+        <v>46022</v>
       </c>
       <c r="B8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="J8" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="L8" s="9" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="9" spans="1:12">
       <c r="A9" s="7">
-        <v>45838</v>
+        <v>45930</v>
       </c>
       <c r="B9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F9" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="J9" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="L9" s="9" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="10" spans="1:12">
       <c r="A10" s="7">
-        <v>45747</v>
+        <v>45838</v>
       </c>
       <c r="B10" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D10" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F10" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H10" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="J10" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="L10" s="9" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="11" spans="1:12">
       <c r="A11" s="7">
-        <v>45657</v>
+        <v>45747</v>
       </c>
       <c r="B11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D11" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F11" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="J11" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="L11" s="9" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="12" spans="1:12">
       <c r="A12" s="7">
-        <v>45565</v>
+        <v>45657</v>
       </c>
       <c r="B12" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D12" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F12" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H12" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="J12" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="L12" s="9" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="13" spans="1:12">
       <c r="A13" s="7">
-        <v>45473</v>
+        <v>45565</v>
       </c>
       <c r="B13" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D13" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F13" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H13" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="J13" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="L13" s="9" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="14" spans="1:12">
       <c r="A14" s="7">
-        <v>45382</v>
+        <v>45473</v>
       </c>
       <c r="B14" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D14" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F14" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H14" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="J14" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="L14" s="9" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="15" spans="1:12">
       <c r="A15" s="7">
-        <v>45291</v>
+        <v>45382</v>
       </c>
       <c r="B15" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H15" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="J15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="L15" s="9" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="16" spans="1:12">
       <c r="A16" s="7">
-        <v>45199</v>
+        <v>45291</v>
       </c>
       <c r="B16" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H16" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="J16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="L16" s="9" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="17" spans="1:12">
       <c r="A17" s="7">
-        <v>45107</v>
+        <v>45199</v>
       </c>
       <c r="B17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="J17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="L17" s="9" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="18" spans="1:12">
       <c r="A18" s="7">
-        <v>45016</v>
+        <v>45107</v>
       </c>
       <c r="B18" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H18" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="J18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="L18" s="9" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="19" spans="1:12">
       <c r="A19" s="7">
-        <v>44926</v>
+        <v>45016</v>
       </c>
       <c r="B19" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D19" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F19" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H19" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="J19" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="L19" s="9" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="20" spans="1:12">
       <c r="A20" s="7">
-        <v>44834</v>
+        <v>44926</v>
       </c>
       <c r="B20" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D20" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F20" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H20" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="J20" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="L20" s="9" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="21" spans="1:12">
       <c r="A21" s="7">
-        <v>44742</v>
+        <v>44834</v>
       </c>
       <c r="B21" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D21" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F21" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H21" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="J21" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="L21" s="9" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="22" spans="1:12">
       <c r="A22" s="7">
-        <v>44651</v>
+        <v>44742</v>
       </c>
       <c r="B22" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D22" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F22" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H22" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="J22" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="L22" s="9" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="23" spans="1:12">
       <c r="A23" s="7">
-        <v>44561</v>
+        <v>44651</v>
       </c>
       <c r="B23" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D23" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F23" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H23" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="J23" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="L23" s="9" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="24" spans="1:12">
-      <c r="A24" s="7">
-[...68 lines deleted...]
-      <c r="A27" s="10" t="s">
+      <c r="A24" s="10" t="s">
         <v>9</v>
       </c>
-      <c r="B27" s="10"/>
-[...9 lines deleted...]
-      <c r="L27" s="10"/>
+      <c r="B24" s="10"/>
+      <c r="C24" s="10"/>
+      <c r="D24" s="10"/>
+      <c r="E24" s="10"/>
+      <c r="F24" s="10"/>
+      <c r="G24" s="10"/>
+      <c r="H24" s="10"/>
+      <c r="I24" s="10"/>
+      <c r="J24" s="10"/>
+      <c r="K24" s="10"/>
+      <c r="L24" s="10"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F27"/>
+  <dimension ref="A1:F24"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="F27" sqref="F27"/>
+      <selection activeCell="F24" sqref="F24"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="3" max="3" width="4.055" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.055" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" s="4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="5"/>
       <c r="B7" s="6" t="s">
         <v>6</v>
       </c>
       <c r="C7" s="6" t="s">
         <v>5</v>
       </c>
       <c r="D7" s="6" t="s">
         <v>11</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>7</v>
       </c>
       <c r="F7" s="6" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="7">
-        <v>45930</v>
+        <v>46022</v>
       </c>
       <c r="B8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="9" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="7">
-        <v>45838</v>
+        <v>45930</v>
       </c>
       <c r="B9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F9" s="9" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" s="7">
-        <v>45747</v>
+        <v>45838</v>
       </c>
       <c r="B10" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D10" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F10" s="9" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" s="7">
-        <v>45657</v>
+        <v>45747</v>
       </c>
       <c r="B11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F11" s="9" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" s="7">
-        <v>45565</v>
+        <v>45657</v>
       </c>
       <c r="B12" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D12" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F12" s="9" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" s="7">
-        <v>45473</v>
+        <v>45565</v>
       </c>
       <c r="B13" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D13" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F13" s="9" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="7">
-        <v>45382</v>
+        <v>45473</v>
       </c>
       <c r="B14" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D14" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F14" s="9" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="7">
-        <v>45291</v>
+        <v>45382</v>
       </c>
       <c r="B15" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D15" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F15" s="9" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" s="7">
-        <v>45199</v>
+        <v>45291</v>
       </c>
       <c r="B16" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D16" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F16" s="9" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" s="7">
-        <v>45107</v>
+        <v>45199</v>
       </c>
       <c r="B17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F17" s="9" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" s="7">
-        <v>45016</v>
+        <v>45107</v>
       </c>
       <c r="B18" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D18" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F18" s="9" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" s="7">
-        <v>44926</v>
+        <v>45016</v>
       </c>
       <c r="B19" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D19" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F19" s="9" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" s="7">
-        <v>44834</v>
+        <v>44926</v>
       </c>
       <c r="B20" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D20" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F20" s="9" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" s="7">
-        <v>44742</v>
+        <v>44834</v>
       </c>
       <c r="B21" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D21" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F21" s="9" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="7">
-        <v>44651</v>
+        <v>44742</v>
       </c>
       <c r="B22" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D22" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F22" s="9" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" s="7">
-        <v>44561</v>
+        <v>44651</v>
       </c>
       <c r="B23" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D23" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F23" s="9" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="24" spans="1:6">
-      <c r="A24" s="7">
-[...41 lines deleted...]
-      <c r="A27" s="10" t="s">
+      <c r="A24" s="10" t="s">
         <v>9</v>
       </c>
-      <c r="B27" s="10"/>
-[...3 lines deleted...]
-      <c r="F27" s="10"/>
+      <c r="B24" s="10"/>
+      <c r="C24" s="10"/>
+      <c r="D24" s="10"/>
+      <c r="E24" s="10"/>
+      <c r="F24" s="10"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J27"/>
+  <dimension ref="A1:J24"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="J27" sqref="J27"/>
+      <selection activeCell="J24" sqref="J24"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="3" max="3" width="4.055" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.055" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.055" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.055" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:10">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:10">
       <c r="A4" s="3" t="s">
         <v>18</v>
       </c>
     </row>
@@ -2229,458 +2025,398 @@
       </c>
       <c r="D7" s="6" t="s">
         <v>14</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>7</v>
       </c>
       <c r="F7" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G7" s="6" t="s">
         <v>7</v>
       </c>
       <c r="H7" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I7" s="6" t="s">
         <v>7</v>
       </c>
       <c r="J7" s="6" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="8" spans="1:10">
       <c r="A8" s="7">
-        <v>45930</v>
+        <v>46022</v>
       </c>
       <c r="B8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="J8" s="9" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="9" spans="1:10">
       <c r="A9" s="7">
-        <v>45838</v>
+        <v>45930</v>
       </c>
       <c r="B9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F9" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="J9" s="9" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="10" spans="1:10">
       <c r="A10" s="7">
-        <v>45747</v>
+        <v>45838</v>
       </c>
       <c r="B10" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D10" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F10" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H10" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="J10" s="9" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="11" spans="1:10">
       <c r="A11" s="7">
-        <v>45657</v>
+        <v>45747</v>
       </c>
       <c r="B11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D11" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F11" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="J11" s="9" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="12" spans="1:10">
       <c r="A12" s="7">
-        <v>45565</v>
+        <v>45657</v>
       </c>
       <c r="B12" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D12" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F12" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H12" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="J12" s="9" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="13" spans="1:10">
       <c r="A13" s="7">
-        <v>45473</v>
+        <v>45565</v>
       </c>
       <c r="B13" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D13" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F13" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H13" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="J13" s="9" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="14" spans="1:10">
       <c r="A14" s="7">
-        <v>45382</v>
+        <v>45473</v>
       </c>
       <c r="B14" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D14" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F14" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H14" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="J14" s="9" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="15" spans="1:10">
       <c r="A15" s="7">
-        <v>45291</v>
+        <v>45382</v>
       </c>
       <c r="B15" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H15" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="J15" s="9" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="16" spans="1:10">
       <c r="A16" s="7">
-        <v>45199</v>
+        <v>45291</v>
       </c>
       <c r="B16" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H16" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="J16" s="9" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="17" spans="1:10">
       <c r="A17" s="7">
-        <v>45107</v>
+        <v>45199</v>
       </c>
       <c r="B17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="J17" s="9" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="18" spans="1:10">
       <c r="A18" s="7">
-        <v>45016</v>
+        <v>45107</v>
       </c>
       <c r="B18" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H18" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="J18" s="9" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="19" spans="1:10">
       <c r="A19" s="7">
-        <v>44926</v>
+        <v>45016</v>
       </c>
       <c r="B19" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D19" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F19" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H19" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="J19" s="9" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="20" spans="1:10">
       <c r="A20" s="7">
-        <v>44834</v>
+        <v>44926</v>
       </c>
       <c r="B20" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D20" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F20" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H20" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="J20" s="9" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="21" spans="1:10">
       <c r="A21" s="7">
-        <v>44742</v>
+        <v>44834</v>
       </c>
       <c r="B21" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D21" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F21" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H21" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="J21" s="9" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="22" spans="1:10">
       <c r="A22" s="7">
-        <v>44651</v>
+        <v>44742</v>
       </c>
       <c r="B22" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D22" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F22" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H22" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="J22" s="9" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="23" spans="1:10">
       <c r="A23" s="7">
-        <v>44561</v>
+        <v>44651</v>
       </c>
       <c r="B23" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D23" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F23" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H23" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="J23" s="9" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="24" spans="1:10">
-      <c r="A24" s="7">
-[...59 lines deleted...]
-      <c r="A27" s="10" t="s">
+      <c r="A24" s="10" t="s">
         <v>9</v>
       </c>
-      <c r="B27" s="10"/>
-[...7 lines deleted...]
-      <c r="J27" s="10"/>
+      <c r="B24" s="10"/>
+      <c r="C24" s="10"/>
+      <c r="D24" s="10"/>
+      <c r="E24" s="10"/>
+      <c r="F24" s="10"/>
+      <c r="G24" s="10"/>
+      <c r="H24" s="10"/>
+      <c r="I24" s="10"/>
+      <c r="J24" s="10"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H27"/>
+  <dimension ref="A1:H24"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="H27" sqref="H27"/>
+      <selection activeCell="H24" sqref="H24"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="3" max="3" width="4.055" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.055" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.055" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" s="3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="5" spans="1:8">
@@ -2692,382 +2428,331 @@
       <c r="A7" s="5"/>
       <c r="B7" s="6" t="s">
         <v>11</v>
       </c>
       <c r="C7" s="6" t="s">
         <v>5</v>
       </c>
       <c r="D7" s="6" t="s">
         <v>14</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>7</v>
       </c>
       <c r="F7" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G7" s="6" t="s">
         <v>7</v>
       </c>
       <c r="H7" s="6" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" s="7">
-        <v>45930</v>
+        <v>46022</v>
       </c>
       <c r="B8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H8" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" s="7">
-        <v>45838</v>
+        <v>45930</v>
       </c>
       <c r="B9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F9" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H9" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" s="7">
-        <v>45747</v>
+        <v>45838</v>
       </c>
       <c r="B10" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D10" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F10" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H10" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" s="7">
-        <v>45657</v>
+        <v>45747</v>
       </c>
       <c r="B11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D11" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F11" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H11" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" s="7">
-        <v>45565</v>
+        <v>45657</v>
       </c>
       <c r="B12" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D12" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F12" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H12" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" s="7">
-        <v>45473</v>
+        <v>45565</v>
       </c>
       <c r="B13" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D13" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F13" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H13" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" s="7">
-        <v>45382</v>
+        <v>45473</v>
       </c>
       <c r="B14" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D14" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F14" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H14" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" s="7">
-        <v>45291</v>
+        <v>45382</v>
       </c>
       <c r="B15" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H15" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" s="7">
-        <v>45199</v>
+        <v>45291</v>
       </c>
       <c r="B16" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H16" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" s="7">
-        <v>45107</v>
+        <v>45199</v>
       </c>
       <c r="B17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H17" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" s="7">
-        <v>45016</v>
+        <v>45107</v>
       </c>
       <c r="B18" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H18" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" s="7">
-        <v>44926</v>
+        <v>45016</v>
       </c>
       <c r="B19" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D19" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F19" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H19" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" s="7">
-        <v>44834</v>
+        <v>44926</v>
       </c>
       <c r="B20" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D20" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F20" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H20" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" s="7">
-        <v>44742</v>
+        <v>44834</v>
       </c>
       <c r="B21" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D21" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F21" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H21" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" s="7">
-        <v>44651</v>
+        <v>44742</v>
       </c>
       <c r="B22" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D22" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F22" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H22" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" s="7">
-        <v>44561</v>
+        <v>44651</v>
       </c>
       <c r="B23" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D23" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F23" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H23" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="24" spans="1:8">
-      <c r="A24" s="7">
-[...50 lines deleted...]
-      <c r="A27" s="10" t="s">
+      <c r="A24" s="10" t="s">
         <v>9</v>
       </c>
-      <c r="B27" s="10"/>
-[...5 lines deleted...]
-      <c r="H27" s="10"/>
+      <c r="B24" s="10"/>
+      <c r="C24" s="10"/>
+      <c r="D24" s="10"/>
+      <c r="E24" s="10"/>
+      <c r="F24" s="10"/>
+      <c r="G24" s="10"/>
+      <c r="H24" s="10"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="6" baseType="lpstr">