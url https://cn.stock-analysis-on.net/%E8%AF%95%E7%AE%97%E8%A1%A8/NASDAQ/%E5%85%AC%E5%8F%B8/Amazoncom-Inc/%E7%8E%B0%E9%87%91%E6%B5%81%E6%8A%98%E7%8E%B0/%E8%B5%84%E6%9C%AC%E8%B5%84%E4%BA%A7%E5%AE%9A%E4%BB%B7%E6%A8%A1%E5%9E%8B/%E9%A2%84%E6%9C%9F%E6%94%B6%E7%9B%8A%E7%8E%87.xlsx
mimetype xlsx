--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -541,62 +541,62 @@
         <v>4</v>
       </c>
       <c r="C5" s="6">
         <v>0.0479</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="4" t="s">
         <v>5</v>
       </c>
       <c r="B6" s="5" t="s">
         <v>6</v>
       </c>
       <c r="C6" s="6">
         <v>0.1738</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="4" t="s">
         <v>7</v>
       </c>
       <c r="B7" s="5" t="s">
         <v>8</v>
       </c>
       <c r="C7" s="7">
-        <v>1.15</v>
+        <v>1.37</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B9" s="8" t="s">
         <v>10</v>
       </c>
       <c r="C9" s="9">
-        <v>0.1927</v>
+        <v>0.221</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="10" t="s">
         <v>11</v>
       </c>
       <c r="B10" s="10"/>
       <c r="C10" s="10"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>