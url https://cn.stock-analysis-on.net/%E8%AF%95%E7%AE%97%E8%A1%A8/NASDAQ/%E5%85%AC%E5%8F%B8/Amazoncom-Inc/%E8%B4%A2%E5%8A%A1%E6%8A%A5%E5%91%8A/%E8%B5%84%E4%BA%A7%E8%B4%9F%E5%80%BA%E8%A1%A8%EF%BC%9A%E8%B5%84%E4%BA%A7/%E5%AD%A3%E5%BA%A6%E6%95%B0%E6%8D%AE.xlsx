--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -509,994 +509,883 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:X18"/>
+  <dimension ref="A1:U18"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="X18" sqref="X18"/>
+      <selection activeCell="U18" sqref="U18"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:24">
+    <row r="1" spans="1:21">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="2" spans="1:24">
+    <row r="2" spans="1:21">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="3" spans="1:24">
+    <row r="3" spans="1:21">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="5" spans="1:24">
+    <row r="5" spans="1:21">
       <c r="A5" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="6" spans="1:24">
+    <row r="6" spans="1:21">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45930</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45838</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>45747</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>45657</v>
       </c>
-      <c r="F6" s="5">
+      <c r="G6" s="5">
         <v>45565</v>
       </c>
-      <c r="G6" s="5">
+      <c r="H6" s="5">
         <v>45473</v>
       </c>
-      <c r="H6" s="5">
+      <c r="I6" s="5">
         <v>45382</v>
       </c>
-      <c r="I6" s="5">
+      <c r="J6" s="5">
         <v>45291</v>
       </c>
-      <c r="J6" s="5">
+      <c r="K6" s="5">
         <v>45199</v>
       </c>
-      <c r="K6" s="5">
+      <c r="L6" s="5">
         <v>45107</v>
       </c>
-      <c r="L6" s="5">
+      <c r="M6" s="5">
         <v>45016</v>
       </c>
-      <c r="M6" s="5">
+      <c r="N6" s="5">
         <v>44926</v>
       </c>
-      <c r="N6" s="5">
+      <c r="O6" s="5">
         <v>44834</v>
       </c>
-      <c r="O6" s="5">
+      <c r="P6" s="5">
         <v>44742</v>
       </c>
-      <c r="P6" s="5">
+      <c r="Q6" s="5">
         <v>44651</v>
       </c>
-      <c r="Q6" s="5">
+      <c r="R6" s="5">
         <v>44561</v>
       </c>
-      <c r="R6" s="5">
+      <c r="S6" s="5">
         <v>44469</v>
       </c>
-      <c r="S6" s="5">
+      <c r="T6" s="5">
         <v>44377</v>
       </c>
-      <c r="T6" s="5">
+      <c r="U6" s="5">
         <v>44286</v>
       </c>
-      <c r="U6" s="5">
-[...12 lines deleted...]
-    <row r="7" spans="1:24">
+    </row>
+    <row r="7" spans="1:21">
       <c r="A7" s="6" t="s">
         <v>4</v>
       </c>
       <c r="B7" s="7">
+        <v>86810.0</v>
+      </c>
+      <c r="C7" s="7">
         <v>66922.0</v>
       </c>
-      <c r="C7" s="7">
+      <c r="D7" s="7">
         <v>57741.0</v>
       </c>
-      <c r="D7" s="7">
+      <c r="E7" s="7">
         <v>66207.0</v>
       </c>
-      <c r="E7" s="7">
+      <c r="F7" s="7">
         <v>78779.0</v>
       </c>
-      <c r="F7" s="7">
+      <c r="G7" s="7">
         <v>75091.0</v>
       </c>
-      <c r="G7" s="7">
+      <c r="H7" s="7">
         <v>71178.0</v>
       </c>
-      <c r="H7" s="7">
+      <c r="I7" s="7">
         <v>72852.0</v>
       </c>
-      <c r="I7" s="7">
+      <c r="J7" s="7">
         <v>73387.0</v>
       </c>
-      <c r="J7" s="7">
+      <c r="K7" s="7">
         <v>49605.0</v>
       </c>
-      <c r="K7" s="7">
+      <c r="L7" s="7">
         <v>49529.0</v>
       </c>
-      <c r="L7" s="7">
+      <c r="M7" s="7">
         <v>49343.0</v>
       </c>
-      <c r="M7" s="7">
+      <c r="N7" s="7">
         <v>53888.0</v>
       </c>
-      <c r="N7" s="7">
+      <c r="O7" s="7">
         <v>34947.0</v>
       </c>
-      <c r="O7" s="7">
+      <c r="P7" s="7">
         <v>37478.0</v>
       </c>
-      <c r="P7" s="7">
+      <c r="Q7" s="7">
         <v>36393.0</v>
       </c>
-      <c r="Q7" s="7">
+      <c r="R7" s="7">
         <v>36220.0</v>
       </c>
-      <c r="R7" s="7">
+      <c r="S7" s="7">
         <v>29944.0</v>
       </c>
-      <c r="S7" s="7">
+      <c r="T7" s="7">
         <v>40380.0</v>
       </c>
-      <c r="T7" s="7">
+      <c r="U7" s="7">
         <v>33834.0</v>
       </c>
-      <c r="U7" s="7">
-[...12 lines deleted...]
-    <row r="8" spans="1:24">
+    </row>
+    <row r="8" spans="1:21">
       <c r="A8" s="6" t="s">
         <v>5</v>
       </c>
       <c r="B8" s="7">
+        <v>36219.0</v>
+      </c>
+      <c r="C8" s="7">
         <v>27275.0</v>
       </c>
-      <c r="C8" s="7">
+      <c r="D8" s="7">
         <v>35439.0</v>
       </c>
-      <c r="D8" s="7">
+      <c r="E8" s="7">
         <v>28358.0</v>
       </c>
-      <c r="E8" s="7">
+      <c r="F8" s="7">
         <v>22423.0</v>
       </c>
-      <c r="F8" s="7">
+      <c r="G8" s="7">
         <v>12960.0</v>
       </c>
-      <c r="G8" s="7">
+      <c r="H8" s="7">
         <v>17914.0</v>
       </c>
-      <c r="H8" s="7">
+      <c r="I8" s="7">
         <v>12222.0</v>
       </c>
-      <c r="I8" s="7">
+      <c r="J8" s="7">
         <v>13393.0</v>
       </c>
-      <c r="J8" s="7">
+      <c r="K8" s="7">
         <v>14564.0</v>
       </c>
-      <c r="K8" s="7">
+      <c r="L8" s="7">
         <v>14441.0</v>
       </c>
-      <c r="L8" s="7">
+      <c r="M8" s="7">
         <v>15062.0</v>
       </c>
-      <c r="M8" s="7">
+      <c r="N8" s="7">
         <v>16138.0</v>
       </c>
-      <c r="N8" s="7">
+      <c r="O8" s="7">
         <v>23715.0</v>
       </c>
-      <c r="O8" s="7">
+      <c r="P8" s="7">
         <v>23232.0</v>
       </c>
-      <c r="P8" s="7">
+      <c r="Q8" s="7">
         <v>29992.0</v>
       </c>
-      <c r="Q8" s="7">
+      <c r="R8" s="7">
         <v>59829.0</v>
       </c>
-      <c r="R8" s="7">
+      <c r="S8" s="7">
         <v>49044.0</v>
       </c>
-      <c r="S8" s="7">
+      <c r="T8" s="7">
         <v>49514.0</v>
       </c>
-      <c r="T8" s="7">
+      <c r="U8" s="7">
         <v>39436.0</v>
       </c>
-      <c r="U8" s="7">
-[...12 lines deleted...]
-    <row r="9" spans="1:24">
+    </row>
+    <row r="9" spans="1:21">
       <c r="A9" s="6" t="s">
         <v>6</v>
       </c>
       <c r="B9" s="7">
+        <v>38325.0</v>
+      </c>
+      <c r="C9" s="7">
         <v>41494.0</v>
       </c>
-      <c r="C9" s="7">
+      <c r="D9" s="7">
         <v>40825.0</v>
       </c>
-      <c r="D9" s="7">
+      <c r="E9" s="7">
         <v>35864.0</v>
       </c>
-      <c r="E9" s="7">
+      <c r="F9" s="7">
         <v>34214.0</v>
       </c>
-      <c r="F9" s="7">
+      <c r="G9" s="7">
         <v>36103.0</v>
       </c>
-      <c r="G9" s="7">
+      <c r="H9" s="7">
         <v>34109.0</v>
       </c>
-      <c r="H9" s="7">
+      <c r="I9" s="7">
         <v>31147.0</v>
       </c>
-      <c r="I9" s="7">
+      <c r="J9" s="7">
         <v>33318.0</v>
       </c>
-      <c r="J9" s="7">
+      <c r="K9" s="7">
         <v>35406.0</v>
       </c>
-      <c r="K9" s="7">
+      <c r="L9" s="7">
         <v>36587.0</v>
       </c>
-      <c r="L9" s="7">
+      <c r="M9" s="7">
         <v>34170.0</v>
       </c>
-      <c r="M9" s="7">
+      <c r="N9" s="7">
         <v>34405.0</v>
       </c>
-      <c r="N9" s="7">
+      <c r="O9" s="7">
         <v>36647.0</v>
       </c>
-      <c r="O9" s="7">
+      <c r="P9" s="7">
         <v>38153.0</v>
       </c>
-      <c r="P9" s="7">
+      <c r="Q9" s="7">
         <v>34987.0</v>
       </c>
-      <c r="Q9" s="7">
+      <c r="R9" s="7">
         <v>32640.0</v>
       </c>
-      <c r="R9" s="7">
+      <c r="S9" s="7">
         <v>30933.0</v>
       </c>
-      <c r="S9" s="7">
+      <c r="T9" s="7">
         <v>24119.0</v>
       </c>
-      <c r="T9" s="7">
+      <c r="U9" s="7">
         <v>23849.0</v>
       </c>
-      <c r="U9" s="7">
-[...12 lines deleted...]
-    <row r="10" spans="1:24">
+    </row>
+    <row r="10" spans="1:21">
       <c r="A10" s="6" t="s">
         <v>7</v>
       </c>
       <c r="B10" s="7">
+        <v>67729.0</v>
+      </c>
+      <c r="C10" s="7">
         <v>61175.0</v>
       </c>
-      <c r="C10" s="7">
+      <c r="D10" s="7">
         <v>57415.0</v>
       </c>
-      <c r="D10" s="7">
+      <c r="E10" s="7">
         <v>54216.0</v>
       </c>
-      <c r="E10" s="7">
+      <c r="F10" s="7">
         <v>55451.0</v>
       </c>
-      <c r="F10" s="7">
+      <c r="G10" s="7">
         <v>51638.0</v>
       </c>
-      <c r="G10" s="7">
+      <c r="H10" s="7">
         <v>50106.0</v>
       </c>
-      <c r="H10" s="7">
+      <c r="I10" s="7">
         <v>47768.0</v>
       </c>
-      <c r="I10" s="7">
+      <c r="J10" s="7">
         <v>52253.0</v>
       </c>
-      <c r="J10" s="7">
+      <c r="K10" s="7">
         <v>43420.0</v>
       </c>
-      <c r="K10" s="7">
+      <c r="L10" s="7">
         <v>39925.0</v>
       </c>
-      <c r="L10" s="7">
+      <c r="M10" s="7">
         <v>37646.0</v>
       </c>
-      <c r="M10" s="7">
+      <c r="N10" s="7">
         <v>42360.0</v>
       </c>
-      <c r="N10" s="7">
+      <c r="O10" s="7">
         <v>36154.0</v>
       </c>
-      <c r="O10" s="7">
+      <c r="P10" s="7">
         <v>34804.0</v>
       </c>
-      <c r="P10" s="7">
+      <c r="Q10" s="7">
         <v>32504.0</v>
       </c>
-      <c r="Q10" s="7">
+      <c r="R10" s="7">
         <v>32891.0</v>
       </c>
-      <c r="R10" s="7">
+      <c r="S10" s="7">
         <v>28610.0</v>
       </c>
-      <c r="S10" s="7">
+      <c r="T10" s="7">
         <v>26835.0</v>
       </c>
-      <c r="T10" s="7">
+      <c r="U10" s="7">
         <v>24289.0</v>
       </c>
-      <c r="U10" s="7">
-[...12 lines deleted...]
-    <row r="11" spans="1:24">
+    </row>
+    <row r="11" spans="1:21">
       <c r="A11" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B11" s="9">
+        <v>229083.0</v>
+      </c>
+      <c r="C11" s="9">
         <v>196866.0</v>
       </c>
-      <c r="C11" s="9">
+      <c r="D11" s="9">
         <v>191420.0</v>
       </c>
-      <c r="D11" s="9">
+      <c r="E11" s="9">
         <v>184645.0</v>
       </c>
-      <c r="E11" s="9">
+      <c r="F11" s="9">
         <v>190867.0</v>
       </c>
-      <c r="F11" s="9">
+      <c r="G11" s="9">
         <v>175792.0</v>
       </c>
-      <c r="G11" s="9">
+      <c r="H11" s="9">
         <v>173307.0</v>
       </c>
-      <c r="H11" s="9">
+      <c r="I11" s="9">
         <v>163989.0</v>
       </c>
-      <c r="I11" s="9">
+      <c r="J11" s="9">
         <v>172351.0</v>
       </c>
-      <c r="J11" s="9">
+      <c r="K11" s="9">
         <v>142995.0</v>
       </c>
-      <c r="K11" s="9">
+      <c r="L11" s="9">
         <v>140482.0</v>
       </c>
-      <c r="L11" s="9">
+      <c r="M11" s="9">
         <v>136221.0</v>
       </c>
-      <c r="M11" s="9">
+      <c r="N11" s="9">
         <v>146791.0</v>
       </c>
-      <c r="N11" s="9">
+      <c r="O11" s="9">
         <v>131463.0</v>
       </c>
-      <c r="O11" s="9">
+      <c r="P11" s="9">
         <v>133667.0</v>
       </c>
-      <c r="P11" s="9">
+      <c r="Q11" s="9">
         <v>133876.0</v>
       </c>
-      <c r="Q11" s="9">
+      <c r="R11" s="9">
         <v>161580.0</v>
       </c>
-      <c r="R11" s="9">
+      <c r="S11" s="9">
         <v>138531.0</v>
       </c>
-      <c r="S11" s="9">
+      <c r="T11" s="9">
         <v>140848.0</v>
       </c>
-      <c r="T11" s="9">
+      <c r="U11" s="9">
         <v>121408.0</v>
       </c>
-      <c r="U11" s="9">
-[...12 lines deleted...]
-    <row r="12" spans="1:24">
+    </row>
+    <row r="12" spans="1:21">
       <c r="A12" s="6" t="s">
         <v>9</v>
       </c>
       <c r="B12" s="7">
+        <v>357025.0</v>
+      </c>
+      <c r="C12" s="7">
         <v>324435.0</v>
       </c>
-      <c r="C12" s="7">
+      <c r="D12" s="7">
         <v>297616.0</v>
       </c>
-      <c r="D12" s="7">
+      <c r="E12" s="7">
         <v>272781.0</v>
       </c>
-      <c r="E12" s="7">
+      <c r="F12" s="7">
         <v>252665.0</v>
       </c>
-      <c r="F12" s="7">
+      <c r="G12" s="7">
         <v>237917.0</v>
       </c>
-      <c r="G12" s="7">
+      <c r="H12" s="7">
         <v>220717.0</v>
       </c>
-      <c r="H12" s="7">
+      <c r="I12" s="7">
         <v>209950.0</v>
       </c>
-      <c r="I12" s="7">
+      <c r="J12" s="7">
         <v>204177.0</v>
       </c>
-      <c r="J12" s="7">
+      <c r="K12" s="7">
         <v>196468.0</v>
       </c>
-      <c r="K12" s="7">
+      <c r="L12" s="7">
         <v>193784.0</v>
       </c>
-      <c r="L12" s="7">
+      <c r="M12" s="7">
         <v>190754.0</v>
       </c>
-      <c r="M12" s="7">
+      <c r="N12" s="7">
         <v>186715.0</v>
       </c>
-      <c r="N12" s="7">
+      <c r="O12" s="7">
         <v>177195.0</v>
       </c>
-      <c r="O12" s="7">
+      <c r="P12" s="7">
         <v>173706.0</v>
       </c>
-      <c r="P12" s="7">
+      <c r="Q12" s="7">
         <v>168468.0</v>
       </c>
-      <c r="Q12" s="7">
+      <c r="R12" s="7">
         <v>160281.0</v>
       </c>
-      <c r="R12" s="7">
+      <c r="S12" s="7">
         <v>147152.0</v>
       </c>
-      <c r="S12" s="7">
+      <c r="T12" s="7">
         <v>133502.0</v>
       </c>
-      <c r="T12" s="7">
+      <c r="U12" s="7">
         <v>121461.0</v>
       </c>
-      <c r="U12" s="7">
-[...12 lines deleted...]
-    <row r="13" spans="1:24">
+    </row>
+    <row r="13" spans="1:21">
       <c r="A13" s="6" t="s">
         <v>10</v>
       </c>
       <c r="B13" s="7">
+        <v>86054.0</v>
+      </c>
+      <c r="C13" s="7">
         <v>83456.0</v>
       </c>
-      <c r="C13" s="7">
+      <c r="D13" s="7">
         <v>82125.0</v>
       </c>
-      <c r="D13" s="7">
+      <c r="E13" s="7">
         <v>78495.0</v>
       </c>
-      <c r="E13" s="7">
+      <c r="F13" s="7">
         <v>76141.0</v>
       </c>
-      <c r="F13" s="7">
+      <c r="G13" s="7">
         <v>76527.0</v>
       </c>
-      <c r="G13" s="7">
+      <c r="H13" s="7">
         <v>74575.0</v>
       </c>
-      <c r="H13" s="7">
+      <c r="I13" s="7">
         <v>73313.0</v>
       </c>
-      <c r="I13" s="7">
+      <c r="J13" s="7">
         <v>72513.0</v>
       </c>
-      <c r="J13" s="7">
+      <c r="K13" s="7">
         <v>70758.0</v>
       </c>
-      <c r="K13" s="7">
+      <c r="L13" s="7">
         <v>70332.0</v>
       </c>
-      <c r="L13" s="7">
+      <c r="M13" s="7">
         <v>68262.0</v>
       </c>
-      <c r="M13" s="7">
+      <c r="N13" s="7">
         <v>66123.0</v>
       </c>
-      <c r="N13" s="7">
+      <c r="O13" s="7">
         <v>62033.0</v>
       </c>
-      <c r="O13" s="7">
+      <c r="P13" s="7">
         <v>58430.0</v>
       </c>
-      <c r="P13" s="7">
+      <c r="Q13" s="7">
         <v>56161.0</v>
       </c>
-      <c r="Q13" s="7">
+      <c r="R13" s="7">
         <v>56082.0</v>
       </c>
-      <c r="R13" s="7">
+      <c r="S13" s="7">
         <v>52151.0</v>
       </c>
-      <c r="S13" s="7">
+      <c r="T13" s="7">
         <v>43346.0</v>
       </c>
-      <c r="T13" s="7">
+      <c r="U13" s="7">
         <v>39328.0</v>
       </c>
-      <c r="U13" s="7">
-[...12 lines deleted...]
-    <row r="14" spans="1:24">
+    </row>
+    <row r="14" spans="1:21">
       <c r="A14" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B14" s="7">
+        <v>23273.0</v>
+      </c>
+      <c r="C14" s="7">
         <v>23260.0</v>
       </c>
-      <c r="C14" s="7">
+      <c r="D14" s="7">
         <v>23155.0</v>
       </c>
-      <c r="D14" s="7">
+      <c r="E14" s="7">
         <v>23089.0</v>
       </c>
-      <c r="E14" s="7">
+      <c r="F14" s="7">
         <v>23074.0</v>
       </c>
-      <c r="F14" s="7">
+      <c r="G14" s="7">
         <v>23081.0</v>
       </c>
-      <c r="G14" s="7">
+      <c r="H14" s="7">
         <v>22879.0</v>
       </c>
-      <c r="H14" s="7">
+      <c r="I14" s="7">
         <v>22770.0</v>
       </c>
-      <c r="I14" s="7">
+      <c r="J14" s="7">
         <v>22789.0</v>
       </c>
-      <c r="J14" s="7">
+      <c r="K14" s="7">
         <v>22749.0</v>
       </c>
-      <c r="K14" s="7">
+      <c r="L14" s="7">
         <v>22785.0</v>
       </c>
-      <c r="L14" s="7">
+      <c r="M14" s="7">
         <v>22749.0</v>
       </c>
-      <c r="M14" s="7">
+      <c r="N14" s="7">
         <v>20288.0</v>
       </c>
-      <c r="N14" s="7">
+      <c r="O14" s="7">
         <v>20168.0</v>
       </c>
-      <c r="O14" s="7">
+      <c r="P14" s="7">
         <v>20195.0</v>
       </c>
-      <c r="P14" s="7">
+      <c r="Q14" s="7">
         <v>20229.0</v>
       </c>
-      <c r="Q14" s="7">
+      <c r="R14" s="7">
         <v>15371.0</v>
       </c>
-      <c r="R14" s="7">
+      <c r="S14" s="7">
         <v>15345.0</v>
       </c>
-      <c r="S14" s="7">
+      <c r="T14" s="7">
         <v>15350.0</v>
       </c>
-      <c r="T14" s="7">
+      <c r="U14" s="7">
         <v>15220.0</v>
       </c>
-      <c r="U14" s="7">
-[...12 lines deleted...]
-    <row r="15" spans="1:24">
+    </row>
+    <row r="15" spans="1:21">
       <c r="A15" s="6" t="s">
         <v>12</v>
       </c>
       <c r="B15" s="7">
+        <v>122607.0</v>
+      </c>
+      <c r="C15" s="7">
         <v>99904.0</v>
       </c>
-      <c r="C15" s="7">
+      <c r="D15" s="7">
         <v>87854.0</v>
       </c>
-      <c r="D15" s="7">
+      <c r="E15" s="7">
         <v>84246.0</v>
       </c>
-      <c r="E15" s="7">
+      <c r="F15" s="7">
         <v>82147.0</v>
       </c>
-      <c r="F15" s="7">
+      <c r="G15" s="7">
         <v>71309.0</v>
       </c>
-      <c r="G15" s="7">
+      <c r="H15" s="7">
         <v>63340.0</v>
       </c>
-      <c r="H15" s="7">
+      <c r="I15" s="7">
         <v>60947.0</v>
       </c>
-      <c r="I15" s="7">
+      <c r="J15" s="7">
         <v>56024.0</v>
       </c>
-      <c r="J15" s="7">
+      <c r="K15" s="7">
         <v>53913.0</v>
       </c>
-      <c r="K15" s="7">
+      <c r="L15" s="7">
         <v>50224.0</v>
       </c>
-      <c r="L15" s="7">
+      <c r="M15" s="7">
         <v>46392.0</v>
       </c>
-      <c r="M15" s="7">
+      <c r="N15" s="7">
         <v>42758.0</v>
       </c>
-      <c r="N15" s="7">
+      <c r="O15" s="7">
         <v>37503.0</v>
       </c>
-      <c r="O15" s="7">
+      <c r="P15" s="7">
         <v>33730.0</v>
       </c>
-      <c r="P15" s="7">
+      <c r="Q15" s="7">
         <v>32033.0</v>
       </c>
-      <c r="Q15" s="7">
+      <c r="R15" s="7">
         <v>27235.0</v>
       </c>
-      <c r="R15" s="7">
+      <c r="S15" s="7">
         <v>29227.0</v>
       </c>
-      <c r="S15" s="7">
+      <c r="T15" s="7">
         <v>27273.0</v>
       </c>
-      <c r="T15" s="7">
+      <c r="U15" s="7">
         <v>25660.0</v>
       </c>
-      <c r="U15" s="7">
-[...12 lines deleted...]
-    <row r="16" spans="1:24">
+    </row>
+    <row r="16" spans="1:21">
       <c r="A16" s="8" t="s">
         <v>13</v>
       </c>
       <c r="B16" s="9">
+        <v>588959.0</v>
+      </c>
+      <c r="C16" s="9">
         <v>531055.0</v>
       </c>
-      <c r="C16" s="9">
+      <c r="D16" s="9">
         <v>490750.0</v>
       </c>
-      <c r="D16" s="9">
+      <c r="E16" s="9">
         <v>458611.0</v>
       </c>
-      <c r="E16" s="9">
+      <c r="F16" s="9">
         <v>434027.0</v>
       </c>
-      <c r="F16" s="9">
+      <c r="G16" s="9">
         <v>408834.0</v>
       </c>
-      <c r="G16" s="9">
+      <c r="H16" s="9">
         <v>381511.0</v>
       </c>
-      <c r="H16" s="9">
+      <c r="I16" s="9">
         <v>366980.0</v>
       </c>
-      <c r="I16" s="9">
+      <c r="J16" s="9">
         <v>355503.0</v>
       </c>
-      <c r="J16" s="9">
+      <c r="K16" s="9">
         <v>343888.0</v>
       </c>
-      <c r="K16" s="9">
+      <c r="L16" s="9">
         <v>337125.0</v>
       </c>
-      <c r="L16" s="9">
+      <c r="M16" s="9">
         <v>328157.0</v>
       </c>
-      <c r="M16" s="9">
+      <c r="N16" s="9">
         <v>315884.0</v>
       </c>
-      <c r="N16" s="9">
+      <c r="O16" s="9">
         <v>296899.0</v>
       </c>
-      <c r="O16" s="9">
+      <c r="P16" s="9">
         <v>286061.0</v>
       </c>
-      <c r="P16" s="9">
+      <c r="Q16" s="9">
         <v>276891.0</v>
       </c>
-      <c r="Q16" s="9">
+      <c r="R16" s="9">
         <v>258969.0</v>
       </c>
-      <c r="R16" s="9">
+      <c r="S16" s="9">
         <v>243875.0</v>
       </c>
-      <c r="S16" s="9">
+      <c r="T16" s="9">
         <v>219471.0</v>
       </c>
-      <c r="T16" s="9">
+      <c r="U16" s="9">
         <v>201669.0</v>
       </c>
-      <c r="U16" s="9">
-[...12 lines deleted...]
-    <row r="17" spans="1:24">
+    </row>
+    <row r="17" spans="1:21">
       <c r="A17" s="10" t="s">
         <v>14</v>
       </c>
       <c r="B17" s="9">
+        <v>818042.0</v>
+      </c>
+      <c r="C17" s="9">
         <v>727921.0</v>
       </c>
-      <c r="C17" s="9">
+      <c r="D17" s="9">
         <v>682170.0</v>
       </c>
-      <c r="D17" s="9">
+      <c r="E17" s="9">
         <v>643256.0</v>
       </c>
-      <c r="E17" s="9">
+      <c r="F17" s="9">
         <v>624894.0</v>
       </c>
-      <c r="F17" s="9">
+      <c r="G17" s="9">
         <v>584626.0</v>
       </c>
-      <c r="G17" s="9">
+      <c r="H17" s="9">
         <v>554818.0</v>
       </c>
-      <c r="H17" s="9">
+      <c r="I17" s="9">
         <v>530969.0</v>
       </c>
-      <c r="I17" s="9">
+      <c r="J17" s="9">
         <v>527854.0</v>
       </c>
-      <c r="J17" s="9">
+      <c r="K17" s="9">
         <v>486883.0</v>
       </c>
-      <c r="K17" s="9">
+      <c r="L17" s="9">
         <v>477607.0</v>
       </c>
-      <c r="L17" s="9">
+      <c r="M17" s="9">
         <v>464378.0</v>
       </c>
-      <c r="M17" s="9">
+      <c r="N17" s="9">
         <v>462675.0</v>
       </c>
-      <c r="N17" s="9">
+      <c r="O17" s="9">
         <v>428362.0</v>
       </c>
-      <c r="O17" s="9">
+      <c r="P17" s="9">
         <v>419728.0</v>
       </c>
-      <c r="P17" s="9">
+      <c r="Q17" s="9">
         <v>410767.0</v>
       </c>
-      <c r="Q17" s="9">
+      <c r="R17" s="9">
         <v>420549.0</v>
       </c>
-      <c r="R17" s="9">
+      <c r="S17" s="9">
         <v>382406.0</v>
       </c>
-      <c r="S17" s="9">
+      <c r="T17" s="9">
         <v>360319.0</v>
       </c>
-      <c r="T17" s="9">
+      <c r="U17" s="9">
         <v>323077.0</v>
       </c>
-      <c r="U17" s="9">
-[...12 lines deleted...]
-    <row r="18" spans="1:24">
+    </row>
+    <row r="18" spans="1:21">
       <c r="A18" s="11" t="s">
         <v>15</v>
       </c>
       <c r="B18" s="11"/>
       <c r="C18" s="11"/>
       <c r="D18" s="11"/>
       <c r="E18" s="11"/>
       <c r="F18" s="11"/>
       <c r="G18" s="11"/>
       <c r="H18" s="11"/>
       <c r="I18" s="11"/>
       <c r="J18" s="11"/>
       <c r="K18" s="11"/>
       <c r="L18" s="11"/>
       <c r="M18" s="11"/>
       <c r="N18" s="11"/>
       <c r="O18" s="11"/>
       <c r="P18" s="11"/>
       <c r="Q18" s="11"/>
       <c r="R18" s="11"/>
       <c r="S18" s="11"/>
       <c r="T18" s="11"/>
       <c r="U18" s="11"/>
-      <c r="V18" s="11"/>
-[...1 lines deleted...]
-      <c r="X18" s="11"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">