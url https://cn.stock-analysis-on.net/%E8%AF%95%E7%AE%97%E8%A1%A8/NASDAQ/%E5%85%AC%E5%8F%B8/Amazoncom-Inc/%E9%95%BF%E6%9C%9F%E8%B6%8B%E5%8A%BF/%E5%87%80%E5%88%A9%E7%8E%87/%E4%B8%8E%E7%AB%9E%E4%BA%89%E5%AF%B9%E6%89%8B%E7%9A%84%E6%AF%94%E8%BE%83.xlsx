--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -451,431 +451,448 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:E25"/>
+  <dimension ref="A1:E26"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="E25" sqref="E25"/>
+      <selection activeCell="E26" sqref="E26"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:5">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" s="3"/>
       <c r="B4" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C4" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E4" s="4" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" s="5">
-        <v>45657</v>
+        <v>46022</v>
       </c>
       <c r="B5" s="6">
-        <v>0.0929</v>
+        <v>0.1083</v>
       </c>
       <c r="C5" s="6">
-        <v>0.0992</v>
+        <v>0.0928</v>
       </c>
       <c r="D5" s="6">
-        <v>0.0894</v>
+        <v>0.0831</v>
       </c>
       <c r="E5" s="6">
-        <v>0.0825</v>
+        <v>0.0863</v>
       </c>
     </row>
     <row r="6" spans="1:5">
       <c r="A6" s="5">
-        <v>45291</v>
+        <v>45657</v>
       </c>
       <c r="B6" s="6">
-        <v>0.0529</v>
+        <v>0.0929</v>
       </c>
       <c r="C6" s="6">
-        <v>0.1087</v>
+        <v>0.0992</v>
       </c>
       <c r="D6" s="6">
-        <v>0.0663</v>
+        <v>0.0894</v>
       </c>
       <c r="E6" s="6">
-        <v>0.07</v>
+        <v>0.0825</v>
       </c>
     </row>
     <row r="7" spans="1:5">
       <c r="A7" s="5">
-        <v>44926</v>
+        <v>45291</v>
       </c>
       <c r="B7" s="6">
-        <v>-0.0053</v>
+        <v>0.0529</v>
       </c>
       <c r="C7" s="6">
         <v>0.1087</v>
       </c>
       <c r="D7" s="6">
-        <v>0.0877</v>
+        <v>0.0663</v>
       </c>
       <c r="E7" s="6">
-        <v>0.0676</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="8" spans="1:5">
       <c r="A8" s="5">
-        <v>44561</v>
+        <v>44926</v>
       </c>
       <c r="B8" s="6">
-        <v>0.071</v>
+        <v>-0.0053</v>
       </c>
       <c r="C8" s="6">
-        <v>0.0974</v>
+        <v>0.1087</v>
       </c>
       <c r="D8" s="6">
-        <v>0.0651</v>
+        <v>0.0877</v>
       </c>
       <c r="E8" s="6">
-        <v>0.0028</v>
+        <v>0.0676</v>
       </c>
     </row>
     <row r="9" spans="1:5">
       <c r="A9" s="5">
-        <v>44196</v>
+        <v>44561</v>
       </c>
       <c r="B9" s="6">
-        <v>0.0553</v>
+        <v>0.071</v>
       </c>
       <c r="C9" s="6">
-        <v>0.102</v>
+        <v>0.0974</v>
       </c>
       <c r="D9" s="6">
-        <v>0.0593</v>
+        <v>0.0651</v>
       </c>
       <c r="E9" s="6">
-        <v>0.0784</v>
+        <v>0.0028</v>
       </c>
     </row>
     <row r="10" spans="1:5">
       <c r="A10" s="5">
-        <v>43830</v>
+        <v>44196</v>
       </c>
       <c r="B10" s="6">
-        <v>0.0413</v>
+        <v>0.0553</v>
       </c>
       <c r="C10" s="6">
-        <v>0.1028</v>
+        <v>0.102</v>
       </c>
       <c r="D10" s="6">
-        <v>0.0325</v>
+        <v>0.0593</v>
       </c>
       <c r="E10" s="6">
-        <v>0.0785</v>
+        <v>0.0784</v>
       </c>
     </row>
     <row r="11" spans="1:5">
       <c r="A11" s="5">
-        <v>43465</v>
+        <v>43830</v>
       </c>
       <c r="B11" s="6">
-        <v>0.0433</v>
+        <v>0.0413</v>
       </c>
       <c r="C11" s="6">
-        <v>0.0855</v>
+        <v>0.1028</v>
       </c>
       <c r="D11" s="6">
-        <v>0.0502</v>
+        <v>0.0325</v>
       </c>
       <c r="E11" s="6">
-        <v>0.0727</v>
+        <v>0.0785</v>
       </c>
     </row>
     <row r="12" spans="1:5">
       <c r="A12" s="5">
-        <v>43100</v>
+        <v>43465</v>
       </c>
       <c r="B12" s="6">
-        <v>0.0171</v>
+        <v>0.0433</v>
       </c>
       <c r="C12" s="6">
-        <v>0.0841</v>
+        <v>0.0855</v>
       </c>
       <c r="D12" s="6">
-        <v>0.0476</v>
+        <v>0.0502</v>
       </c>
       <c r="E12" s="6">
-        <v>0.0693</v>
+        <v>0.0727</v>
       </c>
     </row>
     <row r="13" spans="1:5">
       <c r="A13" s="5">
-        <v>42735</v>
+        <v>43100</v>
       </c>
       <c r="B13" s="6">
-        <v>0.0174</v>
+        <v>0.0171</v>
       </c>
       <c r="C13" s="6">
-        <v>0.0792</v>
+        <v>0.0841</v>
       </c>
       <c r="D13" s="6">
-        <v>0.0431</v>
+        <v>0.0476</v>
       </c>
       <c r="E13" s="6">
-        <v>0.0736</v>
+        <v>0.0693</v>
       </c>
     </row>
     <row r="14" spans="1:5">
       <c r="A14" s="5">
-        <v>42369</v>
+        <v>42735</v>
       </c>
       <c r="B14" s="6">
-        <v>0.0056</v>
+        <v>0.0174</v>
       </c>
       <c r="C14" s="6">
-        <v>0.0763</v>
+        <v>0.0792</v>
       </c>
       <c r="D14" s="6">
-        <v>0.048</v>
+        <v>0.0431</v>
       </c>
       <c r="E14" s="6">
-        <v>0.0762</v>
+        <v>0.0736</v>
       </c>
     </row>
     <row r="15" spans="1:5">
       <c r="A15" s="5">
-        <v>42004</v>
+        <v>42369</v>
       </c>
       <c r="B15" s="6">
-        <v>-0.0027</v>
+        <v>0.0056</v>
       </c>
       <c r="C15" s="6">
-        <v>0.0683</v>
+        <v>0.0763</v>
       </c>
       <c r="D15" s="6">
-        <v>0.0428</v>
+        <v>0.048</v>
       </c>
       <c r="E15" s="6">
-        <v>0.0779</v>
+        <v>0.0762</v>
       </c>
     </row>
     <row r="16" spans="1:5">
       <c r="A16" s="5">
-        <v>41639</v>
+        <v>42004</v>
       </c>
       <c r="B16" s="6">
-        <v>0.0037</v>
+        <v>-0.0027</v>
       </c>
       <c r="C16" s="6">
-        <v>0.0607</v>
+        <v>0.0683</v>
       </c>
       <c r="D16" s="6">
-        <v>0.0388</v>
+        <v>0.0428</v>
       </c>
       <c r="E16" s="6">
-        <v>0.0737</v>
+        <v>0.0779</v>
       </c>
     </row>
     <row r="17" spans="1:5">
       <c r="A17" s="5">
-        <v>41274</v>
+        <v>41639</v>
       </c>
       <c r="B17" s="6">
-        <v>-0.0006</v>
+        <v>0.0037</v>
       </c>
       <c r="C17" s="6">
-        <v>0.0552</v>
+        <v>0.0607</v>
       </c>
       <c r="D17" s="6">
-        <v>0.0366</v>
+        <v>0.0388</v>
       </c>
       <c r="E17" s="6">
-        <v>0.0645</v>
+        <v>0.0737</v>
       </c>
     </row>
     <row r="18" spans="1:5">
       <c r="A18" s="5">
-        <v>40908</v>
+        <v>41274</v>
       </c>
       <c r="B18" s="6">
-        <v>0.0131</v>
+        <v>-0.0006</v>
       </c>
       <c r="C18" s="6">
-        <v>0.0491</v>
+        <v>0.0552</v>
       </c>
       <c r="D18" s="6">
-        <v>0.0412</v>
+        <v>0.0366</v>
       </c>
       <c r="E18" s="6">
-        <v>0.0612</v>
+        <v>0.0645</v>
       </c>
     </row>
     <row r="19" spans="1:5">
       <c r="A19" s="5">
-        <v>40543</v>
+        <v>40908</v>
       </c>
       <c r="B19" s="6">
-        <v>0.0337</v>
+        <v>0.0131</v>
       </c>
       <c r="C19" s="6">
-        <v>0.0402</v>
+        <v>0.0491</v>
       </c>
       <c r="D19" s="6">
-        <v>0.0378</v>
+        <v>0.0412</v>
       </c>
       <c r="E19" s="6">
-        <v>0.0598</v>
+        <v>0.0612</v>
       </c>
     </row>
     <row r="20" spans="1:5">
       <c r="A20" s="5">
-        <v>40178</v>
+        <v>40543</v>
       </c>
       <c r="B20" s="6">
-        <v>0.0368</v>
+        <v>0.0337</v>
       </c>
       <c r="C20" s="6">
-        <v>0.0317</v>
+        <v>0.0402</v>
       </c>
       <c r="D20" s="6">
-        <v>0.0455</v>
+        <v>0.0378</v>
       </c>
       <c r="E20" s="6">
-        <v>0.0463</v>
+        <v>0.0598</v>
       </c>
     </row>
     <row r="21" spans="1:5">
       <c r="A21" s="5">
-        <v>39813</v>
+        <v>40178</v>
       </c>
       <c r="B21" s="6">
-        <v>0.0337</v>
+        <v>0.0368</v>
       </c>
       <c r="C21" s="6">
-        <v>0.0568</v>
+        <v>0.0317</v>
       </c>
       <c r="D21" s="6">
-        <v>0.0582</v>
+        <v>0.0455</v>
       </c>
       <c r="E21" s="6">
-        <v>0.0414</v>
+        <v>0.0463</v>
       </c>
     </row>
     <row r="22" spans="1:5">
       <c r="A22" s="5">
-        <v>39447</v>
+        <v>39813</v>
       </c>
       <c r="B22" s="6">
-        <v>0.0321</v>
+        <v>0.0337</v>
       </c>
       <c r="C22" s="6">
-        <v>0.0634</v>
+        <v>0.0568</v>
       </c>
       <c r="D22" s="6">
-        <v>0.0662</v>
+        <v>0.0582</v>
       </c>
       <c r="E22" s="6">
-        <v>0.0424</v>
+        <v>0.0414</v>
       </c>
     </row>
     <row r="23" spans="1:5">
       <c r="A23" s="5">
-        <v>39082</v>
+        <v>39447</v>
       </c>
       <c r="B23" s="6">
-        <v>0.0177</v>
+        <v>0.0321</v>
       </c>
       <c r="C23" s="6">
-        <v>0.0716</v>
+        <v>0.0634</v>
       </c>
       <c r="D23" s="6">
-        <v>0.0641</v>
+        <v>0.0662</v>
       </c>
       <c r="E23" s="6">
-        <v>0.043</v>
+        <v>0.0424</v>
       </c>
     </row>
     <row r="24" spans="1:5">
       <c r="A24" s="5">
+        <v>39082</v>
+      </c>
+      <c r="B24" s="6">
+        <v>0.0177</v>
+      </c>
+      <c r="C24" s="6">
+        <v>0.0716</v>
+      </c>
+      <c r="D24" s="6">
+        <v>0.0641</v>
+      </c>
+      <c r="E24" s="6">
+        <v>0.043</v>
+      </c>
+    </row>
+    <row r="25" spans="1:5">
+      <c r="A25" s="5">
         <v>38717</v>
       </c>
-      <c r="B24" s="6">
+      <c r="B25" s="6">
         <v>0.0423</v>
       </c>
-      <c r="C24" s="6">
+      <c r="C25" s="6">
         <v>0.0684</v>
       </c>
-      <c r="D24" s="6">
+      <c r="D25" s="6">
         <v>0.0597</v>
       </c>
-      <c r="E24" s="6">
+      <c r="E25" s="6">
         <v>0.0445</v>
       </c>
     </row>
-    <row r="25" spans="1:5">
-      <c r="A25" s="7" t="s">
+    <row r="26" spans="1:5">
+      <c r="A26" s="7" t="s">
         <v>5</v>
       </c>
-      <c r="B25" s="7"/>
-[...2 lines deleted...]
-      <c r="E25" s="7"/>
+      <c r="B26" s="7"/>
+      <c r="C26" s="7"/>
+      <c r="D26" s="7"/>
+      <c r="E26" s="7"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">