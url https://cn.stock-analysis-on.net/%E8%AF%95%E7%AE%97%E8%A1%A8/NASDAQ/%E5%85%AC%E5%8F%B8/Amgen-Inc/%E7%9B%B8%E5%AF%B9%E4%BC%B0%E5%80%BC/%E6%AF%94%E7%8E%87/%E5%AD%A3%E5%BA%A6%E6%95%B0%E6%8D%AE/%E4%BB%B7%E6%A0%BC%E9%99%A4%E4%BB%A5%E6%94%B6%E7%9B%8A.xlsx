--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1526,60 +1526,60 @@
       <c r="I23" s="10">
         <v>25.99</v>
       </c>
       <c r="J23" s="10">
         <v>22.35</v>
       </c>
       <c r="K23" s="10">
         <v>19.48</v>
       </c>
       <c r="L23" s="10">
         <v>19.77</v>
       </c>
       <c r="M23" s="10">
         <v>19.68</v>
       </c>
       <c r="N23" s="10">
         <v>14.98</v>
       </c>
       <c r="O23" s="10">
         <v>11.67</v>
       </c>
       <c r="P23" s="10">
         <v>9.15</v>
       </c>
       <c r="Q23" s="10">
-        <v>8.37</v>
+        <v>0.0</v>
       </c>
       <c r="R23" s="10">
-        <v>9.96</v>
+        <v>0.0</v>
       </c>
       <c r="S23" s="10">
-        <v>10.38</v>
+        <v>0.0</v>
       </c>
       <c r="T23" s="10">
-        <v>13.27</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="24" spans="1:20">
       <c r="A24" s="14" t="s">
         <v>21</v>
       </c>
       <c r="B24" s="10">
         <v>32.45</v>
       </c>
       <c r="C24" s="10">
         <v>26.56</v>
       </c>
       <c r="D24" s="10">
         <v>24.55</v>
       </c>
       <c r="E24" s="10">
         <v>32.030000000000001</v>
       </c>
       <c r="F24" s="10">
         <v>34.78</v>
       </c>
       <c r="G24" s="10">
         <v>37.81</v>
       </c>
       <c r="H24" s="10">