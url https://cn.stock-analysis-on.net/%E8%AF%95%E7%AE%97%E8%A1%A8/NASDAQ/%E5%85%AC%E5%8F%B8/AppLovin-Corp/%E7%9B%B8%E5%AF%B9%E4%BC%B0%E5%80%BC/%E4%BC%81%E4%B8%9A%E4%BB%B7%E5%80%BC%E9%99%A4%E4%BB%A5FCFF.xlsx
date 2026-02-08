--- v0 (2025-10-19)
+++ v1 (2026-02-08)
@@ -1041,228 +1041,228 @@
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="4" spans="1:2" customHeight="1" ht="34.8">
       <c r="A4" s="11" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" s="12" t="s">
         <v>22</v>
       </c>
       <c r="B5" s="6">
-        <v>205640356.0</v>
+        <v>140376859.0</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" s="12" t="s">
         <v>12</v>
       </c>
       <c r="B6" s="6">
         <v>1775685.0</v>
       </c>
     </row>
     <row r="7" spans="1:2" customHeight="1" ht="34.8">
       <c r="A7" s="11" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" s="7" t="s">
         <v>24</v>
       </c>
       <c r="B8" s="14">
-        <v>115.81</v>
+        <v>79.060000000000002</v>
       </c>
     </row>
     <row r="9" spans="1:2" customHeight="1" ht="34.8">
       <c r="A9" s="11" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="10" spans="1:2" customHeight="1" ht="28.8">
       <c r="A10" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" s="16" t="s">
         <v>27</v>
       </c>
       <c r="B11" s="17">
-        <v>12.97</v>
+        <v>12.99</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" s="16" t="s">
         <v>28</v>
       </c>
       <c r="B12" s="17">
-        <v>17.18</v>
+        <v>10.92</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" s="16" t="s">
         <v>29</v>
       </c>
       <c r="B13" s="17">
-        <v>76.95</v>
+        <v>66.79000000000001</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" s="16" t="s">
         <v>30</v>
       </c>
       <c r="B14" s="17">
-        <v>108.77</v>
+        <v>88.58</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" s="16" t="s">
         <v>31</v>
       </c>
       <c r="B15" s="17">
-        <v>65.39</v>
+        <v>47.16</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" s="16" t="s">
         <v>32</v>
       </c>
       <c r="B16" s="17">
-        <v>21.76</v>
+        <v>23.02</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" s="16" t="s">
         <v>33</v>
       </c>
       <c r="B17" s="17">
-        <v>29.45</v>
+        <v>19.8</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" s="16" t="s">
         <v>34</v>
       </c>
       <c r="B18" s="17">
-        <v>52.27</v>
+        <v>40.77</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" s="16" t="s">
         <v>35</v>
       </c>
       <c r="B19" s="17">
-        <v>354.87</v>
+        <v>192.53999999999999</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" s="16" t="s">
         <v>36</v>
       </c>
       <c r="B20" s="17">
-        <v>365.82999999999998</v>
+        <v>279.31999999999999</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" s="16" t="s">
         <v>37</v>
       </c>
       <c r="B21" s="17">
-        <v>39.23</v>
+        <v>31.16</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" s="16" t="s">
         <v>38</v>
       </c>
       <c r="B22" s="17">
-        <v>17.94</v>
+        <v>13.81</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" s="16" t="s">
         <v>39</v>
       </c>
       <c r="B23" s="17">
-        <v>54.12</v>
+        <v>22.11</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" s="16" t="s">
         <v>40</v>
       </c>
       <c r="B24" s="17">
-        <v>61.59</v>
+        <v>54.59</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" s="16" t="s">
         <v>41</v>
       </c>
       <c r="B25" s="17">
-        <v>25.23</v>
+        <v>16.59</v>
       </c>
     </row>
     <row r="26" spans="1:2" customHeight="1" ht="28.8">
       <c r="A26" s="15" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="A27" s="16" t="s">
         <v>43</v>
       </c>
       <c r="B27" s="17">
-        <v>46.56</v>
+        <v>35.19</v>
       </c>
     </row>
     <row r="28" spans="1:2" customHeight="1" ht="28.8">
       <c r="A28" s="15" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="29" spans="1:2">
       <c r="A29" s="16" t="s">
         <v>45</v>
       </c>
       <c r="B29" s="17">
-        <v>55.43</v>
+        <v>53.039999999999999</v>
       </c>
     </row>
     <row r="30" spans="1:2">
       <c r="A30" s="10" t="s">
         <v>13</v>
       </c>
       <c r="B30" s="10"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:E31"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="E31" sqref="E31"/>
     </sheetView>
@@ -1558,65 +1558,65 @@
     <row r="23" spans="1:5">
       <c r="A23" s="16" t="s">
         <v>38</v>
       </c>
       <c r="B23" s="17">
         <v>29.95</v>
       </c>
       <c r="C23" s="17">
         <v>28.41</v>
       </c>
       <c r="D23" s="17">
         <v>35.97</v>
       </c>
       <c r="E23" s="17">
         <v>44.91</v>
       </c>
     </row>
     <row r="24" spans="1:5">
       <c r="A24" s="16" t="s">
         <v>39</v>
       </c>
       <c r="B24" s="17">
         <v>60.21</v>
       </c>
       <c r="C24" s="17">
-        <v>56.55</v>
+        <v>56.56</v>
       </c>
       <c r="D24" s="17">
-        <v>40.86</v>
+        <v>40.87</v>
       </c>
       <c r="E24" s="17">
-        <v>60.13</v>
+        <v>60.12</v>
       </c>
     </row>
     <row r="25" spans="1:5">
       <c r="A25" s="16" t="s">
         <v>40</v>
       </c>
       <c r="B25" s="17">
-        <v>56.23</v>
+        <v>56.95</v>
       </c>
       <c r="C25" s="17">
         <v>55.87</v>
       </c>
       <c r="D25" s="17">
         <v>30.82</v>
       </c>
       <c r="E25" s="17">
         <v>38.59</v>
       </c>
     </row>
     <row r="26" spans="1:5">
       <c r="A26" s="16" t="s">
         <v>41</v>
       </c>
       <c r="B26" s="17">
         <v>32.57</v>
       </c>
       <c r="C26" s="17">
         <v>33.4</v>
       </c>
       <c r="D26" s="17">
         <v>45.74</v>
       </c>
       <c r="E26" s="17">
@@ -1633,51 +1633,51 @@
         <v>43</v>
       </c>
       <c r="B28" s="17">
         <v>38.23</v>
       </c>
       <c r="C28" s="17">
         <v>34.89</v>
       </c>
       <c r="D28" s="17">
         <v>28.82</v>
       </c>
       <c r="E28" s="17">
         <v>32.020000000000003</v>
       </c>
     </row>
     <row r="29" spans="1:5" customHeight="1" ht="28.8">
       <c r="A29" s="15" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="30" spans="1:5">
       <c r="A30" s="16" t="s">
         <v>45</v>
       </c>
       <c r="B30" s="17">
-        <v>39.07</v>
+        <v>39.079999999999998</v>
       </c>
       <c r="C30" s="17">
         <v>33.99</v>
       </c>
       <c r="D30" s="17">
         <v>26.34</v>
       </c>
       <c r="E30" s="17">
         <v>27.38</v>
       </c>
     </row>
     <row r="31" spans="1:5">
       <c r="A31" s="10" t="s">
         <v>13</v>
       </c>
       <c r="B31" s="10"/>
       <c r="C31" s="10"/>
       <c r="D31" s="10"/>
       <c r="E31" s="10"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>