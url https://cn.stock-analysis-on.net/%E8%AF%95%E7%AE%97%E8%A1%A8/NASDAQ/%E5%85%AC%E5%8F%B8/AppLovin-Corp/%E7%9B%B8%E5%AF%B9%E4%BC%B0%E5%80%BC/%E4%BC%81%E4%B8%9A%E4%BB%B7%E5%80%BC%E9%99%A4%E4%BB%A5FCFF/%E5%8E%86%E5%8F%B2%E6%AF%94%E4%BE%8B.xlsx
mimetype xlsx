--- v0 (2025-10-19)
+++ v1 (2026-02-08)
@@ -885,65 +885,65 @@
     <row r="23" spans="1:5">
       <c r="A23" s="11" t="s">
         <v>20</v>
       </c>
       <c r="B23" s="12">
         <v>29.95</v>
       </c>
       <c r="C23" s="12">
         <v>28.41</v>
       </c>
       <c r="D23" s="12">
         <v>35.97</v>
       </c>
       <c r="E23" s="12">
         <v>44.91</v>
       </c>
     </row>
     <row r="24" spans="1:5">
       <c r="A24" s="11" t="s">
         <v>21</v>
       </c>
       <c r="B24" s="12">
         <v>60.21</v>
       </c>
       <c r="C24" s="12">
-        <v>56.55</v>
+        <v>56.56</v>
       </c>
       <c r="D24" s="12">
-        <v>40.86</v>
+        <v>40.87</v>
       </c>
       <c r="E24" s="12">
-        <v>60.13</v>
+        <v>60.12</v>
       </c>
     </row>
     <row r="25" spans="1:5">
       <c r="A25" s="11" t="s">
         <v>22</v>
       </c>
       <c r="B25" s="12">
-        <v>56.23</v>
+        <v>56.95</v>
       </c>
       <c r="C25" s="12">
         <v>55.87</v>
       </c>
       <c r="D25" s="12">
         <v>30.82</v>
       </c>
       <c r="E25" s="12">
         <v>38.59</v>
       </c>
     </row>
     <row r="26" spans="1:5">
       <c r="A26" s="11" t="s">
         <v>23</v>
       </c>
       <c r="B26" s="12">
         <v>32.57</v>
       </c>
       <c r="C26" s="12">
         <v>33.4</v>
       </c>
       <c r="D26" s="12">
         <v>45.74</v>
       </c>
       <c r="E26" s="12">
@@ -960,51 +960,51 @@
         <v>25</v>
       </c>
       <c r="B28" s="12">
         <v>38.23</v>
       </c>
       <c r="C28" s="12">
         <v>34.89</v>
       </c>
       <c r="D28" s="12">
         <v>28.82</v>
       </c>
       <c r="E28" s="12">
         <v>32.020000000000003</v>
       </c>
     </row>
     <row r="29" spans="1:5" customHeight="1" ht="28.8">
       <c r="A29" s="10" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="30" spans="1:5">
       <c r="A30" s="11" t="s">
         <v>27</v>
       </c>
       <c r="B30" s="12">
-        <v>39.07</v>
+        <v>39.079999999999998</v>
       </c>
       <c r="C30" s="12">
         <v>33.99</v>
       </c>
       <c r="D30" s="12">
         <v>26.34</v>
       </c>
       <c r="E30" s="12">
         <v>27.38</v>
       </c>
     </row>
     <row r="31" spans="1:5">
       <c r="A31" s="13" t="s">
         <v>28</v>
       </c>
       <c r="B31" s="13"/>
       <c r="C31" s="13"/>
       <c r="D31" s="13"/>
       <c r="E31" s="13"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>