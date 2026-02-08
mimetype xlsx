--- v0 (2025-10-19)
+++ v1 (2026-02-08)
@@ -901,51 +901,51 @@
       <c r="F7" s="6">
         <v>0.0</v>
       </c>
       <c r="G7" s="6">
         <v>0.0</v>
       </c>
       <c r="H7" s="6">
         <v>46.049999999999997</v>
       </c>
       <c r="I7" s="6">
         <v>24.72</v>
       </c>
       <c r="J7" s="6">
         <v>16.51</v>
       </c>
       <c r="K7" s="6">
         <v>0.0</v>
       </c>
       <c r="L7" s="6">
         <v>0.0</v>
       </c>
       <c r="M7" s="6">
         <v>357.51999999999998</v>
       </c>
       <c r="N7" s="6">
-        <v>260.25999999999999</v>
+        <v>260.26999999999998</v>
       </c>
       <c r="O7" s="6">
         <v>43.85</v>
       </c>
       <c r="P7" s="6">
         <v>0.0</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" s="5">
         <v>44631</v>
       </c>
       <c r="B8" s="6">
         <v>111.61</v>
       </c>
       <c r="C8" s="6">
         <v>28.35</v>
       </c>
       <c r="D8" s="6">
         <v>40.64</v>
       </c>
       <c r="E8" s="6">
         <v>48.13</v>
       </c>
       <c r="F8" s="6">