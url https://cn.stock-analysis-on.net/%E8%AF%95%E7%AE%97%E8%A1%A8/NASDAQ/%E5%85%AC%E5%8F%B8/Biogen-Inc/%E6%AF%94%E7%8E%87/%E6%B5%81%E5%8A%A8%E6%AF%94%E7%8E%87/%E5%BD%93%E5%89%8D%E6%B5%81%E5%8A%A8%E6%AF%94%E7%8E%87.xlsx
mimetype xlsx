--- v0 (2026-02-07)
+++ v1 (2026-02-09)
@@ -861,51 +861,51 @@
       </c>
       <c r="B20" s="12">
         <v>1.4</v>
       </c>
       <c r="C20" s="12">
         <v>1.35</v>
       </c>
       <c r="D20" s="12">
         <v>0.0</v>
       </c>
       <c r="E20" s="12">
         <v>0.0</v>
       </c>
       <c r="F20" s="12">
         <v>0.0</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" s="11" t="s">
         <v>17</v>
       </c>
       <c r="B21" s="12">
         <v>3.56</v>
       </c>
       <c r="C21" s="12">
-        <v>3.63</v>
+        <v>0.0</v>
       </c>
       <c r="D21" s="12">
         <v>0.0</v>
       </c>
       <c r="E21" s="12">
         <v>0.0</v>
       </c>
       <c r="F21" s="12">
         <v>0.0</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="11" t="s">
         <v>18</v>
       </c>
       <c r="B22" s="12">
         <v>1.5</v>
       </c>
       <c r="C22" s="12">
         <v>2.13</v>
       </c>
       <c r="D22" s="12">
         <v>0.0</v>
       </c>
       <c r="E22" s="12">