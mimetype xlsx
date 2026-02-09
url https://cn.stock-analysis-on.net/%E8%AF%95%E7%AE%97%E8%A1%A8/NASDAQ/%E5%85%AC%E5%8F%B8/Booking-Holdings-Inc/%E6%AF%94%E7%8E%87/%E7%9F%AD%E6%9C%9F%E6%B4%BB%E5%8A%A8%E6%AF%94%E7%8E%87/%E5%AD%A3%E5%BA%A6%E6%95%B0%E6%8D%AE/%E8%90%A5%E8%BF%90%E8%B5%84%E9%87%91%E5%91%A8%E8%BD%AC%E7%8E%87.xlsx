--- v0 (2026-02-07)
+++ v1 (2026-02-09)
@@ -1071,60 +1071,60 @@
       <c r="I17" s="14">
         <v>16.73</v>
       </c>
       <c r="J17" s="14">
         <v>16.4</v>
       </c>
       <c r="K17" s="14">
         <v>16.17</v>
       </c>
       <c r="L17" s="14">
         <v>24.45</v>
       </c>
       <c r="M17" s="14">
         <v>34.0</v>
       </c>
       <c r="N17" s="14">
         <v>32.42</v>
       </c>
       <c r="O17" s="14">
         <v>37.95</v>
       </c>
       <c r="P17" s="14">
         <v>29.78</v>
       </c>
       <c r="Q17" s="14">
-        <v>14.86</v>
+        <v>0.0</v>
       </c>
       <c r="R17" s="14">
-        <v>10.78</v>
+        <v>0.0</v>
       </c>
       <c r="S17" s="14">
-        <v>11.18</v>
+        <v>0.0</v>
       </c>
       <c r="T17" s="14">
-        <v>10.14</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="18" spans="1:20">
       <c r="A18" s="13" t="s">
         <v>13</v>
       </c>
       <c r="B18" s="14">
         <v>2.36</v>
       </c>
       <c r="C18" s="14">
         <v>2.36</v>
       </c>
       <c r="D18" s="14">
         <v>3.43</v>
       </c>
       <c r="E18" s="14">
         <v>3.64</v>
       </c>
       <c r="F18" s="14">
         <v>3.81</v>
       </c>
       <c r="G18" s="14">
         <v>3.71</v>
       </c>
       <c r="H18" s="14">