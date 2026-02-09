--- v0 (2026-02-07)
+++ v1 (2026-02-09)
@@ -1238,60 +1238,60 @@
       </c>
       <c r="R19" s="16">
         <v>0.0</v>
       </c>
     </row>
     <row r="20" spans="1:18">
       <c r="A20" s="15" t="s">
         <v>16</v>
       </c>
       <c r="B20" s="16">
         <v>0.74</v>
       </c>
       <c r="C20" s="16">
         <v>0.74</v>
       </c>
       <c r="D20" s="16">
         <v>0.75</v>
       </c>
       <c r="E20" s="16">
         <v>0.72</v>
       </c>
       <c r="F20" s="16">
         <v>0.74</v>
       </c>
       <c r="G20" s="16">
-        <v>0.69</v>
+        <v>0.0</v>
       </c>
       <c r="H20" s="16">
-        <v>0.69</v>
+        <v>0.0</v>
       </c>
       <c r="I20" s="16">
-        <v>0.68</v>
+        <v>0.0</v>
       </c>
       <c r="J20" s="16">
-        <v>0.63</v>
+        <v>0.0</v>
       </c>
       <c r="K20" s="16">
         <v>0.0</v>
       </c>
       <c r="L20" s="16">
         <v>0.0</v>
       </c>
       <c r="M20" s="16">
         <v>0.0</v>
       </c>
       <c r="N20" s="16">
         <v>0.0</v>
       </c>
       <c r="O20" s="16">
         <v>0.0</v>
       </c>
       <c r="P20" s="16">
         <v>0.0</v>
       </c>
       <c r="Q20" s="16">
         <v>0.0</v>
       </c>
       <c r="R20" s="16">
         <v>0.0</v>
       </c>