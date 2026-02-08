--- v0 (2025-12-14)
+++ v1 (2026-02-08)
@@ -712,51 +712,51 @@
         <v>8</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="28.8">
       <c r="A14" s="11" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" s="12" t="s">
         <v>10</v>
       </c>
       <c r="B15" s="13">
         <v>10.82</v>
       </c>
       <c r="C15" s="13">
         <v>13.27</v>
       </c>
       <c r="D15" s="13">
         <v>10.34</v>
       </c>
       <c r="E15" s="13">
         <v>6.9</v>
       </c>
       <c r="F15" s="13">
-        <v>4.52</v>
+        <v>0.0</v>
       </c>
       <c r="G15" s="13">
         <v>0.0</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" s="14" t="s">
         <v>11</v>
       </c>
       <c r="B16" s="14"/>
       <c r="C16" s="14"/>
       <c r="D16" s="14"/>
       <c r="E16" s="14"/>
       <c r="F16" s="14"/>
       <c r="G16" s="14"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">