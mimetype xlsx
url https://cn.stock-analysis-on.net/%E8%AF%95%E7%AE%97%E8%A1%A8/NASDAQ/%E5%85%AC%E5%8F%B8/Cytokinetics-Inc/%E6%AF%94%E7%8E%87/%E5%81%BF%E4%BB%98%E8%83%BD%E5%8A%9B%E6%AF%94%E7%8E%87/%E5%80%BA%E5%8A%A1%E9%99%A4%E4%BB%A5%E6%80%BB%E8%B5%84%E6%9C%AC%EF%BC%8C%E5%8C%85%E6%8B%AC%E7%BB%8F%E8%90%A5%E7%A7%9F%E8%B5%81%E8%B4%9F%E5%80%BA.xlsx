--- v0 (2026-02-07)
+++ v1 (2026-02-09)
@@ -1080,51 +1080,51 @@
       </c>
       <c r="C29" s="15">
         <v>0.35</v>
       </c>
       <c r="D29" s="15">
         <v>0.39</v>
       </c>
       <c r="E29" s="15">
         <v>0.0</v>
       </c>
       <c r="F29" s="15">
         <v>0.0</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="B30" s="15">
         <v>0.11</v>
       </c>
       <c r="C30" s="15">
         <v>0.13</v>
       </c>
       <c r="D30" s="15">
-        <v>0.2</v>
+        <v>0.0</v>
       </c>
       <c r="E30" s="15">
         <v>0.0</v>
       </c>
       <c r="F30" s="15">
         <v>0.0</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="A31" s="14" t="s">
         <v>27</v>
       </c>
       <c r="B31" s="15">
         <v>0.45</v>
       </c>
       <c r="C31" s="15">
         <v>0.47</v>
       </c>
       <c r="D31" s="15">
         <v>0.4</v>
       </c>
       <c r="E31" s="15">
         <v>0.0</v>
       </c>
       <c r="F31" s="15">