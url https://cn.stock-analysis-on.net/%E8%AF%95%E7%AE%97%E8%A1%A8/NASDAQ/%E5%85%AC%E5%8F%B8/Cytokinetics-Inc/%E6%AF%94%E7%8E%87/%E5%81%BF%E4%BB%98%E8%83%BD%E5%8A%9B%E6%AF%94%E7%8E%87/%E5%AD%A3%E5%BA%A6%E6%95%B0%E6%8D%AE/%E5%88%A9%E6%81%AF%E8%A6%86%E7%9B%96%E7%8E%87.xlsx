--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1239,60 +1239,60 @@
       <c r="A19" s="13" t="s">
         <v>15</v>
       </c>
       <c r="B19" s="14">
         <v>61.7</v>
       </c>
       <c r="C19" s="14">
         <v>69.61</v>
       </c>
       <c r="D19" s="14">
         <v>73.97</v>
       </c>
       <c r="E19" s="14">
         <v>82.8</v>
       </c>
       <c r="F19" s="14">
         <v>108.62</v>
       </c>
       <c r="G19" s="14">
         <v>116.34999999999999</v>
       </c>
       <c r="H19" s="14">
         <v>163.24000000000001</v>
       </c>
       <c r="I19" s="14">
-        <v>163.75</v>
+        <v>0.0</v>
       </c>
       <c r="J19" s="14">
-        <v>139.74000000000001</v>
+        <v>0.0</v>
       </c>
       <c r="K19" s="14">
-        <v>104.12</v>
+        <v>0.0</v>
       </c>
       <c r="L19" s="14">
-        <v>68.2</v>
+        <v>0.0</v>
       </c>
       <c r="M19" s="14">
         <v>0.0</v>
       </c>
       <c r="N19" s="14">
         <v>0.0</v>
       </c>
       <c r="O19" s="14">
         <v>0.0</v>
       </c>
       <c r="P19" s="14">
         <v>0.0</v>
       </c>
       <c r="Q19" s="14">
         <v>0.0</v>
       </c>
       <c r="R19" s="14">
         <v>0.0</v>
       </c>
       <c r="S19" s="14">
         <v>0.0</v>
       </c>
       <c r="T19" s="14">
         <v>0.0</v>
       </c>