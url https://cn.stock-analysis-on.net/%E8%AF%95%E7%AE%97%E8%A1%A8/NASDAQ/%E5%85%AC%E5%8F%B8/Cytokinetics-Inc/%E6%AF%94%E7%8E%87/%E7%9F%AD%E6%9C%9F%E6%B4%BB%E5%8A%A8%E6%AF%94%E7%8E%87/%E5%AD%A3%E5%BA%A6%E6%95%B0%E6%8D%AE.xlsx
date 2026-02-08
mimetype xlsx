--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1902,60 +1902,60 @@
       <c r="A21" s="15" t="s">
         <v>24</v>
       </c>
       <c r="B21" s="8">
         <v>2.35</v>
       </c>
       <c r="C21" s="8">
         <v>2.47</v>
       </c>
       <c r="D21" s="8">
         <v>2.42</v>
       </c>
       <c r="E21" s="8">
         <v>2.28</v>
       </c>
       <c r="F21" s="8">
         <v>2.47</v>
       </c>
       <c r="G21" s="8">
         <v>2.76</v>
       </c>
       <c r="H21" s="8">
         <v>3.41</v>
       </c>
       <c r="I21" s="8">
-        <v>2.66</v>
+        <v>0.0</v>
       </c>
       <c r="J21" s="8">
-        <v>2.48</v>
+        <v>0.0</v>
       </c>
       <c r="K21" s="8">
-        <v>1.77</v>
+        <v>0.0</v>
       </c>
       <c r="L21" s="8">
-        <v>2.2</v>
+        <v>0.0</v>
       </c>
       <c r="M21" s="8">
         <v>0.0</v>
       </c>
       <c r="N21" s="8">
         <v>0.0</v>
       </c>
       <c r="O21" s="8">
         <v>0.0</v>
       </c>
       <c r="P21" s="8">
         <v>0.0</v>
       </c>
       <c r="Q21" s="8">
         <v>0.0</v>
       </c>
       <c r="R21" s="8">
         <v>0.0</v>
       </c>
       <c r="S21" s="8">
         <v>0.0</v>
       </c>
       <c r="T21" s="8">
         <v>0.0</v>
       </c>
@@ -2912,60 +2912,60 @@
       <c r="A21" s="15" t="s">
         <v>24</v>
       </c>
       <c r="B21" s="8">
         <v>3.43</v>
       </c>
       <c r="C21" s="8">
         <v>3.14</v>
       </c>
       <c r="D21" s="8">
         <v>2.69</v>
       </c>
       <c r="E21" s="8">
         <v>2.65</v>
       </c>
       <c r="F21" s="8">
         <v>3.74</v>
       </c>
       <c r="G21" s="8">
         <v>4.0</v>
       </c>
       <c r="H21" s="8">
         <v>5.39</v>
       </c>
       <c r="I21" s="8">
-        <v>4.32</v>
+        <v>0.0</v>
       </c>
       <c r="J21" s="8">
-        <v>4.23</v>
+        <v>0.0</v>
       </c>
       <c r="K21" s="8">
-        <v>3.42</v>
+        <v>0.0</v>
       </c>
       <c r="L21" s="8">
-        <v>2.23</v>
+        <v>0.0</v>
       </c>
       <c r="M21" s="8">
         <v>0.0</v>
       </c>
       <c r="N21" s="8">
         <v>0.0</v>
       </c>
       <c r="O21" s="8">
         <v>0.0</v>
       </c>
       <c r="P21" s="8">
         <v>0.0</v>
       </c>
       <c r="Q21" s="8">
         <v>0.0</v>
       </c>
       <c r="R21" s="8">
         <v>0.0</v>
       </c>
       <c r="S21" s="8">
         <v>0.0</v>
       </c>
       <c r="T21" s="8">
         <v>0.0</v>
       </c>
@@ -4108,60 +4108,60 @@
       <c r="A25" s="15" t="s">
         <v>24</v>
       </c>
       <c r="B25" s="8">
         <v>0.87</v>
       </c>
       <c r="C25" s="8">
         <v>0.92</v>
       </c>
       <c r="D25" s="8">
         <v>0.9</v>
       </c>
       <c r="E25" s="8">
         <v>0.96</v>
       </c>
       <c r="F25" s="8">
         <v>1.09</v>
       </c>
       <c r="G25" s="8">
         <v>1.14</v>
       </c>
       <c r="H25" s="8">
         <v>1.46</v>
       </c>
       <c r="I25" s="8">
-        <v>1.59</v>
+        <v>0.0</v>
       </c>
       <c r="J25" s="8">
-        <v>1.35</v>
+        <v>0.0</v>
       </c>
       <c r="K25" s="8">
-        <v>1.29</v>
+        <v>0.0</v>
       </c>
       <c r="L25" s="8">
-        <v>1.35</v>
+        <v>0.0</v>
       </c>
       <c r="M25" s="8">
         <v>0.0</v>
       </c>
       <c r="N25" s="8">
         <v>0.0</v>
       </c>
       <c r="O25" s="8">
         <v>0.0</v>
       </c>
       <c r="P25" s="8">
         <v>0.0</v>
       </c>
       <c r="Q25" s="8">
         <v>0.0</v>
       </c>
       <c r="R25" s="8">
         <v>0.0</v>
       </c>
       <c r="S25" s="8">
         <v>0.0</v>
       </c>
       <c r="T25" s="8">
         <v>0.0</v>
       </c>
@@ -5056,60 +5056,60 @@
       <c r="A19" s="15" t="s">
         <v>24</v>
       </c>
       <c r="B19" s="9">
         <v>156.0</v>
       </c>
       <c r="C19" s="9">
         <v>148.0</v>
       </c>
       <c r="D19" s="9">
         <v>151.0</v>
       </c>
       <c r="E19" s="9">
         <v>160.0</v>
       </c>
       <c r="F19" s="9">
         <v>148.0</v>
       </c>
       <c r="G19" s="9">
         <v>132.0</v>
       </c>
       <c r="H19" s="9">
         <v>107.0</v>
       </c>
       <c r="I19" s="9">
-        <v>137.0</v>
+        <v>0.0</v>
       </c>
       <c r="J19" s="9">
-        <v>147.0</v>
+        <v>0.0</v>
       </c>
       <c r="K19" s="9">
-        <v>206.0</v>
+        <v>0.0</v>
       </c>
       <c r="L19" s="9">
-        <v>166.0</v>
+        <v>0.0</v>
       </c>
       <c r="M19" s="9">
         <v>0.0</v>
       </c>
       <c r="N19" s="9">
         <v>0.0</v>
       </c>
       <c r="O19" s="9">
         <v>0.0</v>
       </c>
       <c r="P19" s="9">
         <v>0.0</v>
       </c>
       <c r="Q19" s="9">
         <v>0.0</v>
       </c>
       <c r="R19" s="9">
         <v>0.0</v>
       </c>
       <c r="S19" s="9">
         <v>0.0</v>
       </c>
       <c r="T19" s="9">
         <v>0.0</v>
       </c>
@@ -6004,60 +6004,60 @@
       <c r="A20" s="15" t="s">
         <v>24</v>
       </c>
       <c r="B20" s="9">
         <v>106.0</v>
       </c>
       <c r="C20" s="9">
         <v>116.0</v>
       </c>
       <c r="D20" s="9">
         <v>136.0</v>
       </c>
       <c r="E20" s="9">
         <v>138.0</v>
       </c>
       <c r="F20" s="9">
         <v>98.0</v>
       </c>
       <c r="G20" s="9">
         <v>91.0</v>
       </c>
       <c r="H20" s="9">
         <v>68.0</v>
       </c>
       <c r="I20" s="9">
-        <v>84.0</v>
+        <v>0.0</v>
       </c>
       <c r="J20" s="9">
-        <v>86.0</v>
+        <v>0.0</v>
       </c>
       <c r="K20" s="9">
-        <v>107.0</v>
+        <v>0.0</v>
       </c>
       <c r="L20" s="9">
-        <v>164.0</v>
+        <v>0.0</v>
       </c>
       <c r="M20" s="9">
         <v>0.0</v>
       </c>
       <c r="N20" s="9">
         <v>0.0</v>
       </c>
       <c r="O20" s="9">
         <v>0.0</v>
       </c>
       <c r="P20" s="9">
         <v>0.0</v>
       </c>
       <c r="Q20" s="9">
         <v>0.0</v>
       </c>
       <c r="R20" s="9">
         <v>0.0</v>
       </c>
       <c r="S20" s="9">
         <v>0.0</v>
       </c>
       <c r="T20" s="9">
         <v>0.0</v>
       </c>