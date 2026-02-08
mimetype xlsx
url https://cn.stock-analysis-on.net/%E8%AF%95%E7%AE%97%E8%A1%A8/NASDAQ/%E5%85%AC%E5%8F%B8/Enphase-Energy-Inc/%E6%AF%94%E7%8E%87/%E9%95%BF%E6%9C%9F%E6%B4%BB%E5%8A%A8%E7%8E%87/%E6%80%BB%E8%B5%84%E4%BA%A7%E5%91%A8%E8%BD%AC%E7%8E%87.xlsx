--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -884,51 +884,51 @@
       </c>
       <c r="D21" s="12">
         <v>0.81</v>
       </c>
       <c r="E21" s="12">
         <v>0.66</v>
       </c>
       <c r="F21" s="12">
         <v>0.0</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="11" t="s">
         <v>18</v>
       </c>
       <c r="B22" s="12">
         <v>0.54</v>
       </c>
       <c r="C22" s="12">
         <v>0.74</v>
       </c>
       <c r="D22" s="12">
         <v>0.74</v>
       </c>
       <c r="E22" s="12">
-        <v>0.75</v>
+        <v>0.0</v>
       </c>
       <c r="F22" s="12">
         <v>0.0</v>
       </c>
     </row>
     <row r="23" spans="1:6" customHeight="1" ht="28.8">
       <c r="A23" s="10" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" s="11" t="s">
         <v>20</v>
       </c>
       <c r="B24" s="12">
         <v>0.43</v>
       </c>
       <c r="C24" s="12">
         <v>0.5</v>
       </c>
       <c r="D24" s="12">
         <v>0.53</v>
       </c>
       <c r="E24" s="12">
         <v>0.0</v>