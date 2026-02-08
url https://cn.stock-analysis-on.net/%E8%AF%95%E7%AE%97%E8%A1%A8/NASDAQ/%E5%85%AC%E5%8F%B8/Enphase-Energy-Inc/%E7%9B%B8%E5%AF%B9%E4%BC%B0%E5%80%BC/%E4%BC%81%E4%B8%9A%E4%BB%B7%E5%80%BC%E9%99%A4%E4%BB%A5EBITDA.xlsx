--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -883,157 +883,157 @@
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" s="7" t="s">
         <v>16</v>
       </c>
       <c r="B8" s="13">
         <v>27.19</v>
       </c>
     </row>
     <row r="9" spans="1:2" customHeight="1" ht="34.8">
       <c r="A9" s="11" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="10" spans="1:2" customHeight="1" ht="28.8">
       <c r="A10" s="14" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" s="15" t="s">
         <v>19</v>
       </c>
       <c r="B11" s="16">
-        <v>41.98</v>
+        <v>45.54</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" s="15" t="s">
         <v>20</v>
       </c>
       <c r="B12" s="16">
-        <v>32.35</v>
+        <v>32.19</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" s="15" t="s">
         <v>21</v>
       </c>
       <c r="B13" s="16">
-        <v>23.96</v>
+        <v>25.44</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" s="15" t="s">
         <v>22</v>
       </c>
       <c r="B14" s="16">
-        <v>43.82</v>
+        <v>46.88</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" s="15" t="s">
         <v>23</v>
       </c>
       <c r="B15" s="16">
-        <v>18.27</v>
+        <v>19.079999999999998</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" s="15" t="s">
         <v>24</v>
       </c>
       <c r="B16" s="16">
-        <v>32.93</v>
+        <v>35.67</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" s="15" t="s">
         <v>25</v>
       </c>
       <c r="B17" s="16">
-        <v>40.55</v>
+        <v>43.94</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" s="15" t="s">
         <v>26</v>
       </c>
       <c r="B18" s="16">
-        <v>23.54</v>
+        <v>24.25</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" s="15" t="s">
         <v>27</v>
       </c>
       <c r="B19" s="16">
-        <v>48.090000000000003</v>
+        <v>51.9</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" s="15" t="s">
         <v>28</v>
       </c>
       <c r="B20" s="16">
-        <v>9.9</v>
+        <v>9.97</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" s="15" t="s">
         <v>29</v>
       </c>
       <c r="B21" s="16">
-        <v>27.79</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="22" spans="1:2" customHeight="1" ht="28.8">
       <c r="A22" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" s="15" t="s">
         <v>31</v>
       </c>
       <c r="B23" s="16">
-        <v>89.58</v>
+        <v>95.65000000000001</v>
       </c>
     </row>
     <row r="24" spans="1:2" customHeight="1" ht="28.8">
       <c r="A24" s="14" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" s="15" t="s">
         <v>33</v>
       </c>
       <c r="B25" s="16">
-        <v>42.37</v>
+        <v>44.1</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" s="10" t="s">
         <v>11</v>
       </c>
       <c r="B26" s="10"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F27"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="F27" sqref="F27"/>
     </sheetView>
@@ -1343,51 +1343,51 @@
       </c>
       <c r="D21" s="16">
         <v>12.76</v>
       </c>
       <c r="E21" s="16">
         <v>19.49</v>
       </c>
       <c r="F21" s="16">
         <v>0.0</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="15" t="s">
         <v>29</v>
       </c>
       <c r="B22" s="16">
         <v>16.36</v>
       </c>
       <c r="C22" s="16">
         <v>14.69</v>
       </c>
       <c r="D22" s="16">
         <v>15.54</v>
       </c>
       <c r="E22" s="16">
-        <v>21.75</v>
+        <v>0.0</v>
       </c>
       <c r="F22" s="16">
         <v>0.0</v>
       </c>
     </row>
     <row r="23" spans="1:6" customHeight="1" ht="28.8">
       <c r="A23" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" s="15" t="s">
         <v>31</v>
       </c>
       <c r="B24" s="16">
         <v>26.56</v>
       </c>
       <c r="C24" s="16">
         <v>14.51</v>
       </c>
       <c r="D24" s="16">
         <v>15.52</v>
       </c>
       <c r="E24" s="16">
         <v>0.0</v>