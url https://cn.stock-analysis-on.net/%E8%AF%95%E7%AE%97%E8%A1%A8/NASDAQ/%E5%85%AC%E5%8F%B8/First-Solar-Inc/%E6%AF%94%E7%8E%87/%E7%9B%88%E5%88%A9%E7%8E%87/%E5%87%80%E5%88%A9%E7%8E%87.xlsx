--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -884,51 +884,51 @@
       </c>
       <c r="D21" s="12">
         <v>0.2694</v>
       </c>
       <c r="E21" s="12">
         <v>0.2209</v>
       </c>
       <c r="F21" s="12">
         <v>0.0</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="11" t="s">
         <v>18</v>
       </c>
       <c r="B22" s="12">
         <v>0.3716</v>
       </c>
       <c r="C22" s="12">
         <v>0.4368</v>
       </c>
       <c r="D22" s="12">
         <v>0.4235</v>
       </c>
       <c r="E22" s="12">
-        <v>0.3869</v>
+        <v>0.0</v>
       </c>
       <c r="F22" s="12">
         <v>0.0</v>
       </c>
     </row>
     <row r="23" spans="1:6" customHeight="1" ht="28.8">
       <c r="A23" s="10" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" s="11" t="s">
         <v>20</v>
       </c>
       <c r="B24" s="12">
         <v>0.1706</v>
       </c>
       <c r="C24" s="12">
         <v>0.2554</v>
       </c>
       <c r="D24" s="12">
         <v>0.2583</v>
       </c>
       <c r="E24" s="12">
         <v>0.0</v>