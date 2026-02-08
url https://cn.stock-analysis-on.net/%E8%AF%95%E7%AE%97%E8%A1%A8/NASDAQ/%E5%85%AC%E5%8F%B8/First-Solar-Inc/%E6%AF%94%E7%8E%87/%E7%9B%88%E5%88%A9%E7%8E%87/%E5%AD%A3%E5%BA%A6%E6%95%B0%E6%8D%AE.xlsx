--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -2022,60 +2022,60 @@
       <c r="E23" s="8">
         <v>0.629</v>
       </c>
       <c r="F23" s="8">
         <v>0.6446</v>
       </c>
       <c r="G23" s="8">
         <v>0.6629</v>
       </c>
       <c r="H23" s="8">
         <v>0.6764</v>
       </c>
       <c r="I23" s="8">
         <v>0.6876</v>
       </c>
       <c r="J23" s="8">
         <v>0.6951</v>
       </c>
       <c r="K23" s="8">
         <v>0.6926</v>
       </c>
       <c r="L23" s="8">
         <v>0.6868</v>
       </c>
       <c r="M23" s="8">
-        <v>0.6747</v>
+        <v>0.0</v>
       </c>
       <c r="N23" s="8">
-        <v>0.6636</v>
+        <v>0.0</v>
       </c>
       <c r="O23" s="8">
-        <v>0.6546</v>
+        <v>0.0</v>
       </c>
       <c r="P23" s="8">
-        <v>0.647</v>
+        <v>0.0</v>
       </c>
       <c r="Q23" s="8">
         <v>0.0</v>
       </c>
       <c r="R23" s="8">
         <v>0.0</v>
       </c>
       <c r="S23" s="8">
         <v>0.0</v>
       </c>
       <c r="T23" s="8">
         <v>0.0</v>
       </c>
     </row>
     <row r="24" spans="1:20">
       <c r="A24" s="9" t="s">
         <v>10</v>
       </c>
       <c r="B24" s="9"/>
       <c r="C24" s="9"/>
       <c r="D24" s="9"/>
       <c r="E24" s="9"/>
       <c r="F24" s="9"/>
       <c r="G24" s="9"/>
       <c r="H24" s="9"/>
@@ -3032,60 +3032,60 @@
       <c r="E23" s="8">
         <v>0.4185</v>
       </c>
       <c r="F23" s="8">
         <v>0.4403</v>
       </c>
       <c r="G23" s="8">
         <v>0.4654</v>
       </c>
       <c r="H23" s="8">
         <v>0.4877</v>
       </c>
       <c r="I23" s="8">
         <v>0.5063</v>
       </c>
       <c r="J23" s="8">
         <v>0.5184</v>
       </c>
       <c r="K23" s="8">
         <v>0.5152</v>
       </c>
       <c r="L23" s="8">
         <v>0.5055</v>
       </c>
       <c r="M23" s="8">
-        <v>0.4884</v>
+        <v>0.0</v>
       </c>
       <c r="N23" s="8">
-        <v>0.4702</v>
+        <v>0.0</v>
       </c>
       <c r="O23" s="8">
-        <v>0.4519</v>
+        <v>0.0</v>
       </c>
       <c r="P23" s="8">
-        <v>0.4273</v>
+        <v>0.0</v>
       </c>
       <c r="Q23" s="8">
         <v>0.0</v>
       </c>
       <c r="R23" s="8">
         <v>0.0</v>
       </c>
       <c r="S23" s="8">
         <v>0.0</v>
       </c>
       <c r="T23" s="8">
         <v>0.0</v>
       </c>
     </row>
     <row r="24" spans="1:20">
       <c r="A24" s="9" t="s">
         <v>10</v>
       </c>
       <c r="B24" s="9"/>
       <c r="C24" s="9"/>
       <c r="D24" s="9"/>
       <c r="E24" s="9"/>
       <c r="F24" s="9"/>
       <c r="G24" s="9"/>
       <c r="H24" s="9"/>
@@ -4042,60 +4042,60 @@
       <c r="E23" s="8">
         <v>0.3716</v>
       </c>
       <c r="F23" s="8">
         <v>0.3921</v>
       </c>
       <c r="G23" s="8">
         <v>0.4084</v>
       </c>
       <c r="H23" s="8">
         <v>0.4233</v>
       </c>
       <c r="I23" s="8">
         <v>0.4368</v>
       </c>
       <c r="J23" s="8">
         <v>0.4421</v>
       </c>
       <c r="K23" s="8">
         <v>0.4378</v>
       </c>
       <c r="L23" s="8">
         <v>0.4334</v>
       </c>
       <c r="M23" s="8">
-        <v>0.4235</v>
+        <v>0.0</v>
       </c>
       <c r="N23" s="8">
-        <v>0.4161</v>
+        <v>0.0</v>
       </c>
       <c r="O23" s="8">
-        <v>0.4012</v>
+        <v>0.0</v>
       </c>
       <c r="P23" s="8">
-        <v>0.4004</v>
+        <v>0.0</v>
       </c>
       <c r="Q23" s="8">
         <v>0.0</v>
       </c>
       <c r="R23" s="8">
         <v>0.0</v>
       </c>
       <c r="S23" s="8">
         <v>0.0</v>
       </c>
       <c r="T23" s="8">
         <v>0.0</v>
       </c>
     </row>
     <row r="24" spans="1:20">
       <c r="A24" s="9" t="s">
         <v>10</v>
       </c>
       <c r="B24" s="9"/>
       <c r="C24" s="9"/>
       <c r="D24" s="9"/>
       <c r="E24" s="9"/>
       <c r="F24" s="9"/>
       <c r="G24" s="9"/>
       <c r="H24" s="9"/>
@@ -5052,60 +5052,60 @@
       <c r="E23" s="8">
         <v>0.3853</v>
       </c>
       <c r="F23" s="8">
         <v>0.427</v>
       </c>
       <c r="G23" s="8">
         <v>0.4822</v>
       </c>
       <c r="H23" s="8">
         <v>0.5416</v>
       </c>
       <c r="I23" s="8">
         <v>0.6002</v>
       </c>
       <c r="J23" s="8">
         <v>0.6152</v>
       </c>
       <c r="K23" s="8">
         <v>0.6086</v>
       </c>
       <c r="L23" s="8">
         <v>0.5862</v>
       </c>
       <c r="M23" s="8">
-        <v>0.5827</v>
+        <v>0.0</v>
       </c>
       <c r="N23" s="8">
-        <v>0.6023</v>
+        <v>0.0</v>
       </c>
       <c r="O23" s="8">
-        <v>0.603</v>
+        <v>0.0</v>
       </c>
       <c r="P23" s="8">
-        <v>0.6073</v>
+        <v>0.0</v>
       </c>
       <c r="Q23" s="8">
         <v>0.0</v>
       </c>
       <c r="R23" s="8">
         <v>0.0</v>
       </c>
       <c r="S23" s="8">
         <v>0.0</v>
       </c>
       <c r="T23" s="8">
         <v>0.0</v>
       </c>
     </row>
     <row r="24" spans="1:20">
       <c r="A24" s="9" t="s">
         <v>10</v>
       </c>
       <c r="B24" s="9"/>
       <c r="C24" s="9"/>
       <c r="D24" s="9"/>
       <c r="E24" s="9"/>
       <c r="F24" s="9"/>
       <c r="G24" s="9"/>
       <c r="H24" s="9"/>
@@ -6062,60 +6062,60 @@
       <c r="E23" s="8">
         <v>0.2012</v>
       </c>
       <c r="F23" s="8">
         <v>0.2244</v>
       </c>
       <c r="G23" s="8">
         <v>0.2485</v>
       </c>
       <c r="H23" s="8">
         <v>0.2825</v>
       </c>
       <c r="I23" s="8">
         <v>0.3216</v>
       </c>
       <c r="J23" s="8">
         <v>0.3425</v>
       </c>
       <c r="K23" s="8">
         <v>0.3469</v>
       </c>
       <c r="L23" s="8">
         <v>0.3251</v>
       </c>
       <c r="M23" s="8">
-        <v>0.3148</v>
+        <v>0.0</v>
       </c>
       <c r="N23" s="8">
-        <v>0.3145</v>
+        <v>0.0</v>
       </c>
       <c r="O23" s="8">
-        <v>0.3264</v>
+        <v>0.0</v>
       </c>
       <c r="P23" s="8">
-        <v>0.3144</v>
+        <v>0.0</v>
       </c>
       <c r="Q23" s="8">
         <v>0.0</v>
       </c>
       <c r="R23" s="8">
         <v>0.0</v>
       </c>
       <c r="S23" s="8">
         <v>0.0</v>
       </c>
       <c r="T23" s="8">
         <v>0.0</v>
       </c>
     </row>
     <row r="24" spans="1:20">
       <c r="A24" s="9" t="s">
         <v>10</v>
       </c>
       <c r="B24" s="9"/>
       <c r="C24" s="9"/>
       <c r="D24" s="9"/>
       <c r="E24" s="9"/>
       <c r="F24" s="9"/>
       <c r="G24" s="9"/>
       <c r="H24" s="9"/>