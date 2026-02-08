--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1852,60 +1852,60 @@
       <c r="E23" s="7">
         <v>1.75</v>
       </c>
       <c r="F23" s="7">
         <v>1.94</v>
       </c>
       <c r="G23" s="7">
         <v>2.21</v>
       </c>
       <c r="H23" s="7">
         <v>2.54</v>
       </c>
       <c r="I23" s="7">
         <v>2.91</v>
       </c>
       <c r="J23" s="7">
         <v>3.11</v>
       </c>
       <c r="K23" s="7">
         <v>3.3</v>
       </c>
       <c r="L23" s="7">
         <v>3.49</v>
       </c>
       <c r="M23" s="7">
-        <v>3.57</v>
+        <v>0.0</v>
       </c>
       <c r="N23" s="7">
-        <v>4.37</v>
+        <v>0.0</v>
       </c>
       <c r="O23" s="7">
-        <v>4.56</v>
+        <v>0.0</v>
       </c>
       <c r="P23" s="7">
-        <v>4.49</v>
+        <v>0.0</v>
       </c>
       <c r="Q23" s="7">
         <v>0.0</v>
       </c>
       <c r="R23" s="7">
         <v>0.0</v>
       </c>
       <c r="S23" s="7">
         <v>0.0</v>
       </c>
       <c r="T23" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="24" spans="1:20">
       <c r="A24" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B24" s="8"/>
       <c r="C24" s="8"/>
       <c r="D24" s="8"/>
       <c r="E24" s="8"/>
       <c r="F24" s="8"/>
       <c r="G24" s="8"/>
       <c r="H24" s="8"/>
@@ -2862,60 +2862,60 @@
       <c r="E23" s="7">
         <v>0.54</v>
       </c>
       <c r="F23" s="7">
         <v>0.57</v>
       </c>
       <c r="G23" s="7">
         <v>0.61</v>
       </c>
       <c r="H23" s="7">
         <v>0.67</v>
       </c>
       <c r="I23" s="7">
         <v>0.74</v>
       </c>
       <c r="J23" s="7">
         <v>0.77</v>
       </c>
       <c r="K23" s="7">
         <v>0.79</v>
       </c>
       <c r="L23" s="7">
         <v>0.75</v>
       </c>
       <c r="M23" s="7">
-        <v>0.74</v>
+        <v>0.0</v>
       </c>
       <c r="N23" s="7">
-        <v>0.76</v>
+        <v>0.0</v>
       </c>
       <c r="O23" s="7">
-        <v>0.81</v>
+        <v>0.0</v>
       </c>
       <c r="P23" s="7">
-        <v>0.79</v>
+        <v>0.0</v>
       </c>
       <c r="Q23" s="7">
         <v>0.0</v>
       </c>
       <c r="R23" s="7">
         <v>0.0</v>
       </c>
       <c r="S23" s="7">
         <v>0.0</v>
       </c>
       <c r="T23" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="24" spans="1:20">
       <c r="A24" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B24" s="8"/>
       <c r="C24" s="8"/>
       <c r="D24" s="8"/>
       <c r="E24" s="8"/>
       <c r="F24" s="8"/>
       <c r="G24" s="8"/>
       <c r="H24" s="8"/>
@@ -3872,60 +3872,60 @@
       <c r="E23" s="7">
         <v>1.04</v>
       </c>
       <c r="F23" s="7">
         <v>1.09</v>
       </c>
       <c r="G23" s="7">
         <v>1.18</v>
       </c>
       <c r="H23" s="7">
         <v>1.28</v>
       </c>
       <c r="I23" s="7">
         <v>1.37</v>
       </c>
       <c r="J23" s="7">
         <v>1.39</v>
       </c>
       <c r="K23" s="7">
         <v>1.39</v>
       </c>
       <c r="L23" s="7">
         <v>1.35</v>
       </c>
       <c r="M23" s="7">
-        <v>1.38</v>
+        <v>0.0</v>
       </c>
       <c r="N23" s="7">
-        <v>1.45</v>
+        <v>0.0</v>
       </c>
       <c r="O23" s="7">
-        <v>1.5</v>
+        <v>0.0</v>
       </c>
       <c r="P23" s="7">
-        <v>1.52</v>
+        <v>0.0</v>
       </c>
       <c r="Q23" s="7">
         <v>0.0</v>
       </c>
       <c r="R23" s="7">
         <v>0.0</v>
       </c>
       <c r="S23" s="7">
         <v>0.0</v>
       </c>
       <c r="T23" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="24" spans="1:20">
       <c r="A24" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B24" s="8"/>
       <c r="C24" s="8"/>
       <c r="D24" s="8"/>
       <c r="E24" s="8"/>
       <c r="F24" s="8"/>
       <c r="G24" s="8"/>
       <c r="H24" s="8"/>