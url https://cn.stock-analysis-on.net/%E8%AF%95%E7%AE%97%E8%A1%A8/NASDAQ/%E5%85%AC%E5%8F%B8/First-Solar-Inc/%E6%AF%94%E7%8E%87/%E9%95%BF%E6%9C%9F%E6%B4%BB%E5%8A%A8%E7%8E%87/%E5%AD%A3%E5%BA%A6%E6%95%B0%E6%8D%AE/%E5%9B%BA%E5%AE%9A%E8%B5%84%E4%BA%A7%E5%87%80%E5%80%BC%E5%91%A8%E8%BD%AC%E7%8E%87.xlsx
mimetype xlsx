--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1502,60 +1502,60 @@
       <c r="E23" s="13">
         <v>1.75</v>
       </c>
       <c r="F23" s="13">
         <v>1.94</v>
       </c>
       <c r="G23" s="13">
         <v>2.21</v>
       </c>
       <c r="H23" s="13">
         <v>2.54</v>
       </c>
       <c r="I23" s="13">
         <v>2.91</v>
       </c>
       <c r="J23" s="13">
         <v>3.11</v>
       </c>
       <c r="K23" s="13">
         <v>3.3</v>
       </c>
       <c r="L23" s="13">
         <v>3.49</v>
       </c>
       <c r="M23" s="13">
-        <v>3.57</v>
+        <v>0.0</v>
       </c>
       <c r="N23" s="13">
-        <v>4.37</v>
+        <v>0.0</v>
       </c>
       <c r="O23" s="13">
-        <v>4.56</v>
+        <v>0.0</v>
       </c>
       <c r="P23" s="13">
-        <v>4.49</v>
+        <v>0.0</v>
       </c>
       <c r="Q23" s="13">
         <v>0.0</v>
       </c>
       <c r="R23" s="13">
         <v>0.0</v>
       </c>
       <c r="S23" s="13">
         <v>0.0</v>
       </c>
       <c r="T23" s="13">
         <v>0.0</v>
       </c>
     </row>
     <row r="24" spans="1:20">
       <c r="A24" s="14" t="s">
         <v>20</v>
       </c>
       <c r="B24" s="14"/>
       <c r="C24" s="14"/>
       <c r="D24" s="14"/>
       <c r="E24" s="14"/>
       <c r="F24" s="14"/>
       <c r="G24" s="14"/>
       <c r="H24" s="14"/>