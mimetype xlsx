--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1608,57 +1608,57 @@
       </c>
       <c r="O25" s="14">
         <v>0.0</v>
       </c>
       <c r="P25" s="14">
         <v>0.0</v>
       </c>
       <c r="Q25" s="14">
         <v>0.0</v>
       </c>
       <c r="R25" s="14">
         <v>0.0</v>
       </c>
       <c r="S25" s="14">
         <v>0.0</v>
       </c>
       <c r="T25" s="14">
         <v>0.0</v>
       </c>
     </row>
     <row r="26" spans="1:20">
       <c r="A26" s="13" t="s">
         <v>21</v>
       </c>
       <c r="B26" s="14">
-        <v>3.03</v>
+        <v>0.0</v>
       </c>
       <c r="C26" s="14">
-        <v>2.92</v>
+        <v>0.0</v>
       </c>
       <c r="D26" s="14">
-        <v>2.39</v>
+        <v>0.0</v>
       </c>
       <c r="E26" s="14">
         <v>0.0</v>
       </c>
       <c r="F26" s="14">
         <v>0.0</v>
       </c>
       <c r="G26" s="14">
         <v>0.0</v>
       </c>
       <c r="H26" s="14">
         <v>0.0</v>
       </c>
       <c r="I26" s="14">
         <v>0.0</v>
       </c>
       <c r="J26" s="14">
         <v>0.0</v>
       </c>
       <c r="K26" s="14">
         <v>0.0</v>
       </c>
       <c r="L26" s="14">
         <v>0.0</v>
       </c>