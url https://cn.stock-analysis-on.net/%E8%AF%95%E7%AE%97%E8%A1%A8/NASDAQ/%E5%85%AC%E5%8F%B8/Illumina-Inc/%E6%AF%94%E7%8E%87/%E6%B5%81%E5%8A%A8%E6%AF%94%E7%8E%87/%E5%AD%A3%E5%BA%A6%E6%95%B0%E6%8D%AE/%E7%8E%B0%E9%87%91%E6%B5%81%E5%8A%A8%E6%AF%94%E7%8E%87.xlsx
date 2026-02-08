--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1546,57 +1546,57 @@
       </c>
       <c r="O24" s="15">
         <v>0.0</v>
       </c>
       <c r="P24" s="15">
         <v>0.0</v>
       </c>
       <c r="Q24" s="15">
         <v>0.0</v>
       </c>
       <c r="R24" s="15">
         <v>0.0</v>
       </c>
       <c r="S24" s="15">
         <v>0.0</v>
       </c>
       <c r="T24" s="15">
         <v>0.0</v>
       </c>
     </row>
     <row r="25" spans="1:20">
       <c r="A25" s="14" t="s">
         <v>20</v>
       </c>
       <c r="B25" s="15">
-        <v>1.56</v>
+        <v>0.0</v>
       </c>
       <c r="C25" s="15">
-        <v>1.05</v>
+        <v>0.0</v>
       </c>
       <c r="D25" s="15">
-        <v>1.09</v>
+        <v>0.0</v>
       </c>
       <c r="E25" s="15">
         <v>0.0</v>
       </c>
       <c r="F25" s="15">
         <v>0.0</v>
       </c>
       <c r="G25" s="15">
         <v>0.0</v>
       </c>
       <c r="H25" s="15">
         <v>0.0</v>
       </c>
       <c r="I25" s="15">
         <v>0.0</v>
       </c>
       <c r="J25" s="15">
         <v>0.0</v>
       </c>
       <c r="K25" s="15">
         <v>0.0</v>
       </c>
       <c r="L25" s="15">
         <v>0.0</v>
       </c>