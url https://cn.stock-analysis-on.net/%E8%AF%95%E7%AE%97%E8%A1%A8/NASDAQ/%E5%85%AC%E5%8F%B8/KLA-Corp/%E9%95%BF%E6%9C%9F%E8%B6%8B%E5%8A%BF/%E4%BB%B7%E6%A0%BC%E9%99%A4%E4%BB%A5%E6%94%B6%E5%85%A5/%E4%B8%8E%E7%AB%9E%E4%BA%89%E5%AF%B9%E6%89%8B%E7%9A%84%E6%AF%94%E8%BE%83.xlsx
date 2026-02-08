--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -561,51 +561,51 @@
       <c r="D5" s="6">
         <v>11.2</v>
       </c>
       <c r="E5" s="6">
         <v>7.25</v>
       </c>
       <c r="F5" s="6">
         <v>24.48</v>
       </c>
       <c r="G5" s="6">
         <v>4.26</v>
       </c>
       <c r="H5" s="6">
         <v>7.0</v>
       </c>
       <c r="I5" s="6">
         <v>5.64</v>
       </c>
       <c r="J5" s="6">
         <v>24.55</v>
       </c>
       <c r="K5" s="6">
         <v>4.35</v>
       </c>
       <c r="L5" s="6">
-        <v>0.0</v>
+        <v>11.37</v>
       </c>
     </row>
     <row r="6" spans="1:12">
       <c r="A6" s="5">
         <v>45509</v>
       </c>
       <c r="B6" s="6">
         <v>9.64</v>
       </c>
       <c r="C6" s="6">
         <v>7.04</v>
       </c>
       <c r="D6" s="6">
         <v>11.53</v>
       </c>
       <c r="E6" s="6">
         <v>5.07</v>
       </c>
       <c r="F6" s="6">
         <v>20.07</v>
       </c>
       <c r="G6" s="6">
         <v>1.58</v>
       </c>
       <c r="H6" s="6">