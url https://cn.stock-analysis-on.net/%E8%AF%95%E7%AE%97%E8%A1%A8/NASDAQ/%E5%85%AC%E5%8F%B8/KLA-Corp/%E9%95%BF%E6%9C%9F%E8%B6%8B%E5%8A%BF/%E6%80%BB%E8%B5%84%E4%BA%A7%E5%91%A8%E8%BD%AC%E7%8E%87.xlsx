--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -969,51 +969,51 @@
       <c r="D5" s="6">
         <v>0.23</v>
       </c>
       <c r="E5" s="6">
         <v>0.78</v>
       </c>
       <c r="F5" s="6">
         <v>0.37</v>
       </c>
       <c r="G5" s="6">
         <v>0.25</v>
       </c>
       <c r="H5" s="6">
         <v>0.86</v>
       </c>
       <c r="I5" s="6">
         <v>0.45</v>
       </c>
       <c r="J5" s="6">
         <v>1.17</v>
       </c>
       <c r="K5" s="6">
         <v>0.88</v>
       </c>
       <c r="L5" s="6">
-        <v>0.0</v>
+        <v>0.51</v>
       </c>
     </row>
     <row r="6" spans="1:12">
       <c r="A6" s="5">
         <v>45473</v>
       </c>
       <c r="B6" s="6">
         <v>0.64</v>
       </c>
       <c r="C6" s="6">
         <v>0.37</v>
       </c>
       <c r="D6" s="6">
         <v>0.2</v>
       </c>
       <c r="E6" s="6">
         <v>0.79</v>
       </c>
       <c r="F6" s="6">
         <v>0.31</v>
       </c>
       <c r="G6" s="6">
         <v>0.27</v>
       </c>
       <c r="H6" s="6">