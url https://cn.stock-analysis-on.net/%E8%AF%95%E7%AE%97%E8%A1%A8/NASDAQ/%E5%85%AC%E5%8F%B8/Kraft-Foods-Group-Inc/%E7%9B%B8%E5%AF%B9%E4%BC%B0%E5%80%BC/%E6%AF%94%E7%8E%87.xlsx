--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -749,124 +749,124 @@
       <c r="B13" s="7">
         <v>30.75</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" s="6" t="s">
         <v>12</v>
       </c>
       <c r="B14" s="7">
         <v>7.37</v>
       </c>
     </row>
     <row r="15" spans="1:4" customHeight="1" ht="34.8">
       <c r="A15" s="5" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" s="6" t="s">
         <v>14</v>
       </c>
       <c r="B16" s="10">
         <v>48.74</v>
       </c>
       <c r="C16" s="10">
-        <v>11.0</v>
+        <v>11.17</v>
       </c>
       <c r="D16" s="10">
-        <v>28.84</v>
+        <v>29.4</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" s="6" t="s">
         <v>15</v>
       </c>
       <c r="B17" s="10">
         <v>42.009999999999998</v>
       </c>
       <c r="C17" s="10">
-        <v>8.27</v>
+        <v>8.41</v>
       </c>
       <c r="D17" s="10">
-        <v>24.24</v>
+        <v>24.72</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" s="6" t="s">
         <v>16</v>
       </c>
       <c r="B18" s="10">
         <v>3.04</v>
       </c>
       <c r="C18" s="10">
-        <v>0.33</v>
+        <v>0.34</v>
       </c>
       <c r="D18" s="10">
-        <v>1.52</v>
+        <v>1.55</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" s="6" t="s">
         <v>17</v>
       </c>
       <c r="B19" s="10">
         <v>26.9</v>
       </c>
       <c r="C19" s="10">
-        <v>7.96</v>
+        <v>8.09</v>
       </c>
       <c r="D19" s="10">
-        <v>25.07</v>
+        <v>25.56</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" s="6" t="s">
         <v>18</v>
       </c>
       <c r="B20" s="10">
         <v>2.79</v>
       </c>
       <c r="C20" s="10">
-        <v>1.88</v>
+        <v>1.92</v>
       </c>
       <c r="D20" s="10">
-        <v>2.0</v>
+        <v>2.04</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" s="6" t="s">
         <v>19</v>
       </c>
       <c r="B21" s="10">
         <v>11.65</v>
       </c>
       <c r="C21" s="10">
-        <v>4.61</v>
+        <v>4.69</v>
       </c>
       <c r="D21" s="10">
-        <v>7.02</v>
+        <v>7.16</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" s="11" t="s">
         <v>20</v>
       </c>
       <c r="B22" s="11"/>
       <c r="C22" s="11"/>
       <c r="D22" s="11"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D9"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">