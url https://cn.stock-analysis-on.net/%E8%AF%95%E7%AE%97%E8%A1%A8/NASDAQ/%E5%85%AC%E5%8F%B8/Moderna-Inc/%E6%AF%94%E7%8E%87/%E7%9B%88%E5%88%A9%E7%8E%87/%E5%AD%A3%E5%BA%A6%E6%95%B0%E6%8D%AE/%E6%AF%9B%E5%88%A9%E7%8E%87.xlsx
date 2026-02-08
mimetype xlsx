--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1443,60 +1443,60 @@
       <c r="E22" s="13">
         <v>0.8616</v>
       </c>
       <c r="F22" s="13">
         <v>0.8596</v>
       </c>
       <c r="G22" s="13">
         <v>0.8642</v>
       </c>
       <c r="H22" s="13">
         <v>0.8696</v>
       </c>
       <c r="I22" s="13">
         <v>0.8718</v>
       </c>
       <c r="J22" s="13">
         <v>0.8539</v>
       </c>
       <c r="K22" s="13">
         <v>0.8497</v>
       </c>
       <c r="L22" s="13">
         <v>0.8465</v>
       </c>
       <c r="M22" s="13">
-        <v>0.8483</v>
+        <v>0.0</v>
       </c>
       <c r="N22" s="13">
-        <v>0.8665</v>
+        <v>0.0</v>
       </c>
       <c r="O22" s="13">
-        <v>0.8685</v>
+        <v>0.0</v>
       </c>
       <c r="P22" s="13">
-        <v>0.8684</v>
+        <v>0.0</v>
       </c>
       <c r="Q22" s="13">
         <v>0.0</v>
       </c>
       <c r="R22" s="13">
         <v>0.0</v>
       </c>
       <c r="S22" s="13">
         <v>0.0</v>
       </c>
       <c r="T22" s="13">
         <v>0.0</v>
       </c>
     </row>
     <row r="23" spans="1:20">
       <c r="A23" s="12" t="s">
         <v>19</v>
       </c>
       <c r="B23" s="13">
         <v>0.4077</v>
       </c>
       <c r="C23" s="13">
         <v>0.4076</v>
       </c>
       <c r="D23" s="13">