--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -870,51 +870,51 @@
       </c>
       <c r="D20" s="12">
         <v>0.2847</v>
       </c>
       <c r="E20" s="12">
         <v>0.1521</v>
       </c>
       <c r="F20" s="12">
         <v>0.0</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" s="11" t="s">
         <v>18</v>
       </c>
       <c r="B21" s="12">
         <v>0.1522</v>
       </c>
       <c r="C21" s="12">
         <v>0.1914</v>
       </c>
       <c r="D21" s="12">
         <v>0.4303</v>
       </c>
       <c r="E21" s="12">
-        <v>0.3186</v>
+        <v>0.0</v>
       </c>
       <c r="F21" s="12">
         <v>0.0</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="11" t="s">
         <v>19</v>
       </c>
       <c r="B22" s="12">
         <v>0.1283</v>
       </c>
       <c r="C22" s="12">
         <v>0.158</v>
       </c>
       <c r="D22" s="12">
         <v>0.1894</v>
       </c>
       <c r="E22" s="12">
         <v>0.1847</v>
       </c>
       <c r="F22" s="12">
         <v>0.0</v>
       </c>
     </row>