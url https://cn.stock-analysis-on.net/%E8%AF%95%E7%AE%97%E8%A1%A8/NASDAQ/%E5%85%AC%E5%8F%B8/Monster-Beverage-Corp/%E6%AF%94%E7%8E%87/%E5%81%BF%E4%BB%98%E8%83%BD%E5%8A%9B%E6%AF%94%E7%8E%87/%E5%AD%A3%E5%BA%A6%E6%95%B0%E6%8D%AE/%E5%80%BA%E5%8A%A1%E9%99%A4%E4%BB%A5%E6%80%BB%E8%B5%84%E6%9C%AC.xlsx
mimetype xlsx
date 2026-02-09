--- v0 (2026-02-07)
+++ v1 (2026-02-09)
@@ -1061,60 +1061,60 @@
       <c r="C17" s="14">
         <v>1.31</v>
       </c>
       <c r="D17" s="14">
         <v>1.25</v>
       </c>
       <c r="E17" s="14">
         <v>1.25</v>
       </c>
       <c r="F17" s="14">
         <v>1.23</v>
       </c>
       <c r="G17" s="14">
         <v>1.26</v>
       </c>
       <c r="H17" s="14">
         <v>1.51</v>
       </c>
       <c r="I17" s="14">
         <v>1.48</v>
       </c>
       <c r="J17" s="14">
         <v>1.52</v>
       </c>
       <c r="K17" s="14">
-        <v>1.57</v>
+        <v>0.0</v>
       </c>
       <c r="L17" s="14">
-        <v>1.57</v>
+        <v>0.0</v>
       </c>
       <c r="M17" s="14">
-        <v>1.62</v>
+        <v>0.0</v>
       </c>
       <c r="N17" s="14">
-        <v>1.65</v>
+        <v>0.0</v>
       </c>
       <c r="O17" s="14">
         <v>0.0</v>
       </c>
       <c r="P17" s="14">
         <v>0.0</v>
       </c>
       <c r="Q17" s="14">
         <v>0.0</v>
       </c>
       <c r="R17" s="14">
         <v>0.0</v>
       </c>
     </row>
     <row r="18" spans="1:18">
       <c r="A18" s="15" t="s">
         <v>14</v>
       </c>
       <c r="B18" s="15"/>
       <c r="C18" s="15"/>
       <c r="D18" s="15"/>
       <c r="E18" s="15"/>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15"/>