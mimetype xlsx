--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -999,60 +999,60 @@
       <c r="C16" s="13">
         <v>0.54</v>
       </c>
       <c r="D16" s="13">
         <v>0.54</v>
       </c>
       <c r="E16" s="13">
         <v>0.54</v>
       </c>
       <c r="F16" s="13">
         <v>0.52</v>
       </c>
       <c r="G16" s="13">
         <v>0.51</v>
       </c>
       <c r="H16" s="13">
         <v>0.78</v>
       </c>
       <c r="I16" s="13">
         <v>0.78</v>
       </c>
       <c r="J16" s="13">
         <v>0.76</v>
       </c>
       <c r="K16" s="13">
-        <v>0.76</v>
+        <v>0.0</v>
       </c>
       <c r="L16" s="13">
-        <v>0.74</v>
+        <v>0.0</v>
       </c>
       <c r="M16" s="13">
-        <v>0.74</v>
+        <v>0.0</v>
       </c>
       <c r="N16" s="13">
-        <v>0.73</v>
+        <v>0.0</v>
       </c>
       <c r="O16" s="13">
         <v>0.0</v>
       </c>
       <c r="P16" s="13">
         <v>0.0</v>
       </c>
       <c r="Q16" s="13">
         <v>0.0</v>
       </c>
       <c r="R16" s="13">
         <v>0.0</v>
       </c>
     </row>
     <row r="17" spans="1:18">
       <c r="A17" s="14" t="s">
         <v>13</v>
       </c>
       <c r="B17" s="14"/>
       <c r="C17" s="14"/>
       <c r="D17" s="14"/>
       <c r="E17" s="14"/>
       <c r="F17" s="14"/>
       <c r="G17" s="14"/>
       <c r="H17" s="14"/>