--- v0 (2026-02-07)
+++ v1 (2026-02-09)
@@ -1025,51 +1025,51 @@
       </c>
       <c r="B27" s="15">
         <v>0.62</v>
       </c>
       <c r="C27" s="15">
         <v>0.73</v>
       </c>
       <c r="D27" s="15">
         <v>0.0</v>
       </c>
       <c r="E27" s="15">
         <v>0.0</v>
       </c>
       <c r="F27" s="15">
         <v>0.0</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" s="14" t="s">
         <v>24</v>
       </c>
       <c r="B28" s="15">
         <v>0.38</v>
       </c>
       <c r="C28" s="15">
-        <v>0.44</v>
+        <v>0.0</v>
       </c>
       <c r="D28" s="15">
         <v>0.0</v>
       </c>
       <c r="E28" s="15">
         <v>0.0</v>
       </c>
       <c r="F28" s="15">
         <v>0.0</v>
       </c>
     </row>
     <row r="29" spans="1:6" customHeight="1" ht="28.8">
       <c r="A29" s="13" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="B30" s="15">
         <v>0.34</v>
       </c>
       <c r="C30" s="15">
         <v>0.0</v>