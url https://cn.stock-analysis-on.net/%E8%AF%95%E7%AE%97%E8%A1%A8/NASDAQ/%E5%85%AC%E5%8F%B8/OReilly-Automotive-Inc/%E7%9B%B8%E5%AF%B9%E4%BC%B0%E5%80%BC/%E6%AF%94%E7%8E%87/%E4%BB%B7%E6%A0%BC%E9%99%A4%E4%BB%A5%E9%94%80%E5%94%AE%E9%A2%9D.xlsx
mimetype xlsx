--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -709,51 +709,51 @@
       <c r="E11" s="11">
         <v>3.02</v>
       </c>
       <c r="F11" s="11">
         <v>2.28</v>
       </c>
     </row>
     <row r="12" spans="1:6" customHeight="1" ht="34.8">
       <c r="A12" s="7" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="13" spans="1:6" customHeight="1" ht="28.8">
       <c r="A13" s="12" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="13" t="s">
         <v>11</v>
       </c>
       <c r="B14" s="9">
         <v>3.41</v>
       </c>
       <c r="C14" s="9">
-        <v>4.32</v>
+        <v>0.0</v>
       </c>
       <c r="D14" s="9">
         <v>0.0</v>
       </c>
       <c r="E14" s="9">
         <v>0.0</v>
       </c>
       <c r="F14" s="9">
         <v>0.0</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="13" t="s">
         <v>12</v>
       </c>
       <c r="B15" s="9">
         <v>2.39</v>
       </c>
       <c r="C15" s="9">
         <v>1.77</v>
       </c>
       <c r="D15" s="9">
         <v>0.0</v>
       </c>
       <c r="E15" s="9">