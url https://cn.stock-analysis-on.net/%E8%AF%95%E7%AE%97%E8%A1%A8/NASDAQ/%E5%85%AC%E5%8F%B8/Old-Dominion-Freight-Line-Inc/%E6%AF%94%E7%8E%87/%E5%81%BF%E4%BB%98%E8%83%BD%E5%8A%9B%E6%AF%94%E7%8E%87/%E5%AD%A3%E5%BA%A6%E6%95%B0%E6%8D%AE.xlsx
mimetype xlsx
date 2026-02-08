--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1586,60 +1586,60 @@
       </c>
     </row>
     <row r="18" spans="1:19">
       <c r="A18" s="15" t="s">
         <v>20</v>
       </c>
       <c r="B18" s="8">
         <v>2.52</v>
       </c>
       <c r="C18" s="8">
         <v>2.71</v>
       </c>
       <c r="D18" s="8">
         <v>2.74</v>
       </c>
       <c r="E18" s="8">
         <v>2.85</v>
       </c>
       <c r="F18" s="8">
         <v>2.52</v>
       </c>
       <c r="G18" s="8">
         <v>2.71</v>
       </c>
       <c r="H18" s="8">
-        <v>2.1</v>
+        <v>0.0</v>
       </c>
       <c r="I18" s="8">
-        <v>2.11</v>
+        <v>0.0</v>
       </c>
       <c r="J18" s="8">
-        <v>2.0099999999999998</v>
+        <v>0.0</v>
       </c>
       <c r="K18" s="8">
-        <v>1.64</v>
+        <v>0.0</v>
       </c>
       <c r="L18" s="8">
         <v>0.0</v>
       </c>
       <c r="M18" s="8">
         <v>0.0</v>
       </c>
       <c r="N18" s="8">
         <v>0.0</v>
       </c>
       <c r="O18" s="8">
         <v>0.0</v>
       </c>
       <c r="P18" s="8">
         <v>0.0</v>
       </c>
       <c r="Q18" s="8">
         <v>0.0</v>
       </c>
       <c r="R18" s="8">
         <v>0.0</v>
       </c>
       <c r="S18" s="8">
         <v>0.0</v>
       </c>
@@ -2373,60 +2373,60 @@
       </c>
     </row>
     <row r="18" spans="1:19">
       <c r="A18" s="15" t="s">
         <v>20</v>
       </c>
       <c r="B18" s="8">
         <v>0.72</v>
       </c>
       <c r="C18" s="8">
         <v>0.73</v>
       </c>
       <c r="D18" s="8">
         <v>0.73</v>
       </c>
       <c r="E18" s="8">
         <v>0.74</v>
       </c>
       <c r="F18" s="8">
         <v>0.72</v>
       </c>
       <c r="G18" s="8">
         <v>0.73</v>
       </c>
       <c r="H18" s="8">
-        <v>0.68</v>
+        <v>0.0</v>
       </c>
       <c r="I18" s="8">
-        <v>0.68</v>
+        <v>0.0</v>
       </c>
       <c r="J18" s="8">
-        <v>0.67</v>
+        <v>0.0</v>
       </c>
       <c r="K18" s="8">
-        <v>0.62</v>
+        <v>0.0</v>
       </c>
       <c r="L18" s="8">
         <v>0.0</v>
       </c>
       <c r="M18" s="8">
         <v>0.0</v>
       </c>
       <c r="N18" s="8">
         <v>0.0</v>
       </c>
       <c r="O18" s="8">
         <v>0.0</v>
       </c>
       <c r="P18" s="8">
         <v>0.0</v>
       </c>
       <c r="Q18" s="8">
         <v>0.0</v>
       </c>
       <c r="R18" s="8">
         <v>0.0</v>
       </c>
       <c r="S18" s="8">
         <v>0.0</v>
       </c>
@@ -3101,60 +3101,60 @@
       </c>
     </row>
     <row r="18" spans="1:19">
       <c r="A18" s="15" t="s">
         <v>20</v>
       </c>
       <c r="B18" s="8">
         <v>0.5</v>
       </c>
       <c r="C18" s="8">
         <v>0.51</v>
       </c>
       <c r="D18" s="8">
         <v>0.51</v>
       </c>
       <c r="E18" s="8">
         <v>0.51</v>
       </c>
       <c r="F18" s="8">
         <v>0.5</v>
       </c>
       <c r="G18" s="8">
         <v>0.5</v>
       </c>
       <c r="H18" s="8">
-        <v>0.47</v>
+        <v>0.0</v>
       </c>
       <c r="I18" s="8">
-        <v>0.47</v>
+        <v>0.0</v>
       </c>
       <c r="J18" s="8">
-        <v>0.46</v>
+        <v>0.0</v>
       </c>
       <c r="K18" s="8">
-        <v>0.43</v>
+        <v>0.0</v>
       </c>
       <c r="L18" s="8">
         <v>0.0</v>
       </c>
       <c r="M18" s="8">
         <v>0.0</v>
       </c>
       <c r="N18" s="8">
         <v>0.0</v>
       </c>
       <c r="O18" s="8">
         <v>0.0</v>
       </c>
       <c r="P18" s="8">
         <v>0.0</v>
       </c>
       <c r="Q18" s="8">
         <v>0.0</v>
       </c>
       <c r="R18" s="8">
         <v>0.0</v>
       </c>
       <c r="S18" s="8">
         <v>0.0</v>
       </c>
@@ -3711,60 +3711,60 @@
       </c>
     </row>
     <row r="15" spans="1:19">
       <c r="A15" s="15" t="s">
         <v>20</v>
       </c>
       <c r="B15" s="8">
         <v>5.0</v>
       </c>
       <c r="C15" s="8">
         <v>5.3</v>
       </c>
       <c r="D15" s="8">
         <v>5.38</v>
       </c>
       <c r="E15" s="8">
         <v>5.56</v>
       </c>
       <c r="F15" s="8">
         <v>5.07</v>
       </c>
       <c r="G15" s="8">
         <v>5.38</v>
       </c>
       <c r="H15" s="8">
-        <v>4.49</v>
+        <v>0.0</v>
       </c>
       <c r="I15" s="8">
-        <v>4.48</v>
+        <v>0.0</v>
       </c>
       <c r="J15" s="8">
-        <v>4.34</v>
+        <v>0.0</v>
       </c>
       <c r="K15" s="8">
-        <v>3.8</v>
+        <v>0.0</v>
       </c>
       <c r="L15" s="8">
         <v>0.0</v>
       </c>
       <c r="M15" s="8">
         <v>0.0</v>
       </c>
       <c r="N15" s="8">
         <v>0.0</v>
       </c>
       <c r="O15" s="8">
         <v>0.0</v>
       </c>
       <c r="P15" s="8">
         <v>0.0</v>
       </c>
       <c r="Q15" s="8">
         <v>0.0</v>
       </c>
       <c r="R15" s="8">
         <v>0.0</v>
       </c>
       <c r="S15" s="8">
         <v>0.0</v>
       </c>
@@ -4380,60 +4380,60 @@
       </c>
     </row>
     <row r="16" spans="1:19">
       <c r="A16" s="15" t="s">
         <v>20</v>
       </c>
       <c r="B16" s="8">
         <v>7.59</v>
       </c>
       <c r="C16" s="8">
         <v>8.0</v>
       </c>
       <c r="D16" s="8">
         <v>8.14</v>
       </c>
       <c r="E16" s="8">
         <v>8.4</v>
       </c>
       <c r="F16" s="8">
         <v>8.34</v>
       </c>
       <c r="G16" s="8">
         <v>8.53</v>
       </c>
       <c r="H16" s="8">
-        <v>8.33</v>
+        <v>0.0</v>
       </c>
       <c r="I16" s="8">
-        <v>8.050000000000001</v>
+        <v>0.0</v>
       </c>
       <c r="J16" s="8">
-        <v>7.66</v>
+        <v>0.0</v>
       </c>
       <c r="K16" s="8">
-        <v>6.91</v>
+        <v>0.0</v>
       </c>
       <c r="L16" s="8">
         <v>0.0</v>
       </c>
       <c r="M16" s="8">
         <v>0.0</v>
       </c>
       <c r="N16" s="8">
         <v>0.0</v>
       </c>
       <c r="O16" s="8">
         <v>0.0</v>
       </c>
       <c r="P16" s="8">
         <v>0.0</v>
       </c>
       <c r="Q16" s="8">
         <v>0.0</v>
       </c>
       <c r="R16" s="8">
         <v>0.0</v>
       </c>
       <c r="S16" s="8">
         <v>0.0</v>
       </c>