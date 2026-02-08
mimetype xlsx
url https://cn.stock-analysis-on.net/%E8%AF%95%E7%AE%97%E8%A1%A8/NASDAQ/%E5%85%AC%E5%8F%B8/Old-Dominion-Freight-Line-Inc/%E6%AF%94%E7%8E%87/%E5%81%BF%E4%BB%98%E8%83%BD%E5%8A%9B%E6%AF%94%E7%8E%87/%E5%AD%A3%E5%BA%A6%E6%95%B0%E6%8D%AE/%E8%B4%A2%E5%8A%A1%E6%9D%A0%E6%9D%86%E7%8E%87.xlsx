--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -955,60 +955,60 @@
       </c>
     </row>
     <row r="15" spans="1:19">
       <c r="A15" s="12" t="s">
         <v>11</v>
       </c>
       <c r="B15" s="13">
         <v>5.0</v>
       </c>
       <c r="C15" s="13">
         <v>5.3</v>
       </c>
       <c r="D15" s="13">
         <v>5.38</v>
       </c>
       <c r="E15" s="13">
         <v>5.56</v>
       </c>
       <c r="F15" s="13">
         <v>5.07</v>
       </c>
       <c r="G15" s="13">
         <v>5.38</v>
       </c>
       <c r="H15" s="13">
-        <v>4.49</v>
+        <v>0.0</v>
       </c>
       <c r="I15" s="13">
-        <v>4.48</v>
+        <v>0.0</v>
       </c>
       <c r="J15" s="13">
-        <v>4.34</v>
+        <v>0.0</v>
       </c>
       <c r="K15" s="13">
-        <v>3.8</v>
+        <v>0.0</v>
       </c>
       <c r="L15" s="13">
         <v>0.0</v>
       </c>
       <c r="M15" s="13">
         <v>0.0</v>
       </c>
       <c r="N15" s="13">
         <v>0.0</v>
       </c>
       <c r="O15" s="13">
         <v>0.0</v>
       </c>
       <c r="P15" s="13">
         <v>0.0</v>
       </c>
       <c r="Q15" s="13">
         <v>0.0</v>
       </c>
       <c r="R15" s="13">
         <v>0.0</v>
       </c>
       <c r="S15" s="13">
         <v>0.0</v>
       </c>