--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -546,861 +546,750 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:T21"/>
+  <dimension ref="A1:Q21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="T21" sqref="T21"/>
+      <selection activeCell="Q21" sqref="Q21"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:20">
+    <row r="1" spans="1:17">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="2" spans="1:20">
+    <row r="2" spans="1:17">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="3" spans="1:20">
+    <row r="3" spans="1:17">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="5" spans="1:20">
+    <row r="5" spans="1:17">
       <c r="A5" s="4"/>
       <c r="B5" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C5" s="5">
         <v>45930</v>
       </c>
-      <c r="C5" s="5">
+      <c r="D5" s="5">
         <v>45838</v>
       </c>
-      <c r="D5" s="5">
+      <c r="E5" s="5">
         <v>45747</v>
       </c>
-      <c r="E5" s="5">
+      <c r="F5" s="5">
         <v>45657</v>
       </c>
-      <c r="F5" s="5">
+      <c r="G5" s="5">
         <v>45565</v>
       </c>
-      <c r="G5" s="5">
+      <c r="H5" s="5">
         <v>45473</v>
       </c>
-      <c r="H5" s="5">
+      <c r="I5" s="5">
         <v>45382</v>
       </c>
-      <c r="I5" s="5">
+      <c r="J5" s="5">
         <v>45291</v>
       </c>
-      <c r="J5" s="5">
+      <c r="K5" s="5">
         <v>45199</v>
       </c>
-      <c r="K5" s="5">
+      <c r="L5" s="5">
         <v>45107</v>
       </c>
-      <c r="L5" s="5">
+      <c r="M5" s="5">
         <v>45016</v>
       </c>
-      <c r="M5" s="5">
+      <c r="N5" s="5">
         <v>44926</v>
       </c>
-      <c r="N5" s="5">
+      <c r="O5" s="5">
         <v>44834</v>
       </c>
-      <c r="O5" s="5">
+      <c r="P5" s="5">
         <v>44742</v>
       </c>
-      <c r="P5" s="5">
+      <c r="Q5" s="5">
         <v>44651</v>
       </c>
-      <c r="Q5" s="5">
-[...12 lines deleted...]
-    <row r="6" spans="1:20" customHeight="1" ht="34.8">
+    </row>
+    <row r="6" spans="1:17" customHeight="1" ht="34.8">
       <c r="A6" s="6" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="7" spans="1:20">
+    <row r="7" spans="1:17">
       <c r="A7" s="7" t="s">
         <v>4</v>
       </c>
       <c r="B7" s="8">
+        <v>844600.0</v>
+      </c>
+      <c r="C7" s="8">
         <v>1460000.0</v>
       </c>
-      <c r="C7" s="8">
+      <c r="D7" s="8">
         <v>1391600.0</v>
       </c>
-      <c r="D7" s="8">
+      <c r="E7" s="8">
         <v>808700.0</v>
       </c>
-      <c r="E7" s="8">
+      <c r="F7" s="8">
         <v>917700.0</v>
       </c>
-      <c r="F7" s="8">
+      <c r="G7" s="8">
         <v>1340600.0</v>
       </c>
-      <c r="G7" s="8">
+      <c r="H7" s="8">
         <v>1432300.0</v>
       </c>
-      <c r="H7" s="8">
+      <c r="I7" s="8">
         <v>722000.0</v>
       </c>
-      <c r="I7" s="8">
+      <c r="J7" s="8">
         <v>1159600.0</v>
       </c>
-      <c r="J7" s="8">
+      <c r="K7" s="8">
         <v>1007800.0</v>
       </c>
-      <c r="K7" s="8">
+      <c r="L7" s="8">
         <v>968400.0</v>
       </c>
-      <c r="L7" s="8">
+      <c r="M7" s="8">
         <v>817800.0</v>
       </c>
-      <c r="M7" s="8">
+      <c r="N7" s="8">
         <v>1197100.0</v>
       </c>
-      <c r="N7" s="8">
+      <c r="O7" s="8">
         <v>1315700.0</v>
       </c>
-      <c r="O7" s="8">
+      <c r="P7" s="8">
         <v>852100.0</v>
       </c>
-      <c r="P7" s="8">
+      <c r="Q7" s="8">
         <v>973500.0</v>
       </c>
-      <c r="Q7" s="8">
-[...12 lines deleted...]
-    <row r="8" spans="1:20">
+    </row>
+    <row r="8" spans="1:17">
       <c r="A8" s="7" t="s">
         <v>5</v>
       </c>
       <c r="B8" s="8">
+        <v>199100.0</v>
+      </c>
+      <c r="C8" s="8">
         <v>303300.0</v>
       </c>
-      <c r="C8" s="8">
+      <c r="D8" s="8">
         <v>127100.0</v>
       </c>
-      <c r="D8" s="8">
+      <c r="E8" s="8">
         <v>96300.0</v>
       </c>
-      <c r="E8" s="8">
+      <c r="F8" s="8">
         <v>40400.0</v>
       </c>
-      <c r="F8" s="8">
+      <c r="G8" s="8">
         <v>152400.0</v>
       </c>
-      <c r="G8" s="8">
+      <c r="H8" s="8">
         <v>195800.0</v>
       </c>
-      <c r="H8" s="8">
+      <c r="I8" s="8">
         <v>-21300.0</v>
       </c>
-      <c r="I8" s="8">
+      <c r="J8" s="8">
         <v>-12000.0</v>
       </c>
-      <c r="J8" s="8">
+      <c r="K8" s="8">
         <v>103000.0</v>
       </c>
-      <c r="K8" s="8">
+      <c r="L8" s="8">
         <v>114500.0</v>
       </c>
-      <c r="L8" s="8">
+      <c r="M8" s="8">
         <v>40200.0</v>
       </c>
-      <c r="M8" s="8">
+      <c r="N8" s="8">
         <v>127600.0</v>
       </c>
-      <c r="N8" s="8">
+      <c r="O8" s="8">
         <v>194100.0</v>
       </c>
-      <c r="O8" s="8">
+      <c r="P8" s="8">
         <v>111100.0</v>
       </c>
-      <c r="P8" s="8">
+      <c r="Q8" s="8">
         <v>87600.0</v>
       </c>
-      <c r="Q8" s="8">
-[...12 lines deleted...]
-    <row r="9" spans="1:20">
+    </row>
+    <row r="9" spans="1:17">
       <c r="A9" s="7" t="s">
         <v>6</v>
       </c>
       <c r="B9" s="8">
+        <v>12200.0</v>
+      </c>
+      <c r="C9" s="8">
         <v>19300.0</v>
       </c>
-      <c r="C9" s="8">
+      <c r="D9" s="8">
         <v>3600.0</v>
       </c>
-      <c r="D9" s="8">
+      <c r="E9" s="8">
         <v>8700.0</v>
       </c>
-      <c r="E9" s="8">
+      <c r="F9" s="8">
         <v>10500.0</v>
       </c>
-      <c r="F9" s="8">
+      <c r="G9" s="8">
         <v>13800.0</v>
       </c>
-      <c r="G9" s="8">
+      <c r="H9" s="8">
         <v>14800.0</v>
       </c>
-      <c r="H9" s="8">
+      <c r="I9" s="8">
         <v>16100.0</v>
       </c>
-      <c r="I9" s="8">
+      <c r="J9" s="8">
         <v>18300.0</v>
       </c>
-      <c r="J9" s="8">
+      <c r="K9" s="8">
         <v>17800.0</v>
       </c>
-      <c r="K9" s="8">
+      <c r="L9" s="8">
         <v>18900.0</v>
       </c>
-      <c r="L9" s="8">
+      <c r="M9" s="8">
         <v>18000.0</v>
       </c>
-      <c r="M9" s="8">
+      <c r="N9" s="8">
         <v>17400.0</v>
       </c>
-      <c r="N9" s="8">
+      <c r="O9" s="8">
         <v>15300.0</v>
       </c>
-      <c r="O9" s="8">
+      <c r="P9" s="8">
         <v>13100.0</v>
       </c>
-      <c r="P9" s="8">
+      <c r="Q9" s="8">
         <v>13600.0</v>
       </c>
-      <c r="Q9" s="8">
-[...12 lines deleted...]
-    <row r="10" spans="1:20">
+    </row>
+    <row r="10" spans="1:17">
       <c r="A10" s="9" t="s">
         <v>7</v>
       </c>
       <c r="B10" s="10">
+        <v>1055900.0</v>
+      </c>
+      <c r="C10" s="10">
         <v>1782600.0</v>
       </c>
-      <c r="C10" s="10">
+      <c r="D10" s="10">
         <v>1522300.0</v>
       </c>
-      <c r="D10" s="10">
+      <c r="E10" s="10">
         <v>913700.0</v>
       </c>
-      <c r="E10" s="10">
+      <c r="F10" s="10">
         <v>968600.0</v>
       </c>
-      <c r="F10" s="10">
+      <c r="G10" s="10">
         <v>1506800.0</v>
       </c>
-      <c r="G10" s="10">
+      <c r="H10" s="10">
         <v>1642900.0</v>
       </c>
-      <c r="H10" s="10">
+      <c r="I10" s="10">
         <v>716800.0</v>
       </c>
-      <c r="I10" s="10">
+      <c r="J10" s="10">
         <v>1165900.0</v>
       </c>
-      <c r="J10" s="10">
+      <c r="K10" s="10">
         <v>1128600.0</v>
       </c>
-      <c r="K10" s="10">
+      <c r="L10" s="10">
         <v>1101800.0</v>
       </c>
-      <c r="L10" s="10">
+      <c r="M10" s="10">
         <v>876000.0</v>
       </c>
-      <c r="M10" s="10">
+      <c r="N10" s="10">
         <v>1342100.0</v>
       </c>
-      <c r="N10" s="10">
+      <c r="O10" s="10">
         <v>1525100.0</v>
       </c>
-      <c r="O10" s="10">
+      <c r="P10" s="10">
         <v>976300.0</v>
       </c>
-      <c r="P10" s="10">
+      <c r="Q10" s="10">
         <v>1074700.0</v>
       </c>
-      <c r="Q10" s="10">
-[...12 lines deleted...]
-    <row r="11" spans="1:20" customHeight="1" ht="34.8">
+    </row>
+    <row r="11" spans="1:17" customHeight="1" ht="34.8">
       <c r="A11" s="6" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="12" spans="1:20">
+    <row r="12" spans="1:17">
       <c r="A12" s="9" t="s">
         <v>1</v>
       </c>
       <c r="B12" s="11">
+        <v>120.42</v>
+      </c>
+      <c r="C12" s="11">
         <v>123.20999999999999</v>
       </c>
-      <c r="C12" s="11">
+      <c r="D12" s="11">
         <v>134.19</v>
       </c>
-      <c r="D12" s="11">
+      <c r="E12" s="11">
         <v>105.27</v>
       </c>
-      <c r="E12" s="11">
+      <c r="F12" s="11">
         <v>87.59</v>
       </c>
-      <c r="F12" s="11">
+      <c r="G12" s="11">
         <v>79.88</v>
       </c>
-      <c r="G12" s="11">
+      <c r="H12" s="11">
         <v>69.47</v>
       </c>
-      <c r="H12" s="11">
+      <c r="I12" s="11">
         <v>57.85</v>
       </c>
-      <c r="I12" s="11">
+      <c r="J12" s="11">
         <v>58.52</v>
       </c>
-      <c r="J12" s="11">
+      <c r="K12" s="11">
         <v>61.7</v>
       </c>
-      <c r="K12" s="11">
+      <c r="L12" s="11">
         <v>69.61</v>
       </c>
-      <c r="L12" s="11">
+      <c r="M12" s="11">
         <v>73.97</v>
       </c>
-      <c r="M12" s="11">
+      <c r="N12" s="11">
         <v>82.8</v>
       </c>
-      <c r="N12" s="11">
+      <c r="O12" s="11">
         <v>108.62</v>
       </c>
-      <c r="O12" s="11">
+      <c r="P12" s="11">
         <v>116.34999999999999</v>
       </c>
-      <c r="P12" s="11">
+      <c r="Q12" s="11">
         <v>163.24000000000001</v>
       </c>
-      <c r="Q12" s="11">
-[...12 lines deleted...]
-    <row r="13" spans="1:20" customHeight="1" ht="34.8">
+    </row>
+    <row r="13" spans="1:17" customHeight="1" ht="34.8">
       <c r="A13" s="6" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="14" spans="1:20" customHeight="1" ht="28.8">
+    <row r="14" spans="1:17" customHeight="1" ht="28.8">
       <c r="A14" s="12" t="s">
         <v>10</v>
       </c>
     </row>
-    <row r="15" spans="1:20">
+    <row r="15" spans="1:17">
       <c r="A15" s="13" t="s">
         <v>11</v>
       </c>
       <c r="B15" s="14">
+        <v>0.0</v>
+      </c>
+      <c r="C15" s="14">
         <v>3.89</v>
       </c>
-      <c r="C15" s="14">
+      <c r="D15" s="14">
         <v>3.53</v>
       </c>
-      <c r="D15" s="14">
+      <c r="E15" s="14">
         <v>3.18</v>
       </c>
-      <c r="E15" s="14">
+      <c r="F15" s="14">
         <v>2.46</v>
       </c>
-      <c r="F15" s="14">
+      <c r="G15" s="14">
         <v>2.45</v>
       </c>
-      <c r="G15" s="14">
+      <c r="H15" s="14">
         <v>2.1</v>
       </c>
-      <c r="H15" s="14">
+      <c r="I15" s="14">
         <v>2.38</v>
       </c>
-      <c r="I15" s="14">
+      <c r="J15" s="14">
         <v>3.73</v>
       </c>
-      <c r="J15" s="14">
+      <c r="K15" s="14">
         <v>4.54</v>
       </c>
-      <c r="K15" s="14">
+      <c r="L15" s="14">
         <v>5.43</v>
       </c>
-      <c r="L15" s="14">
+      <c r="M15" s="14">
         <v>6.51</v>
       </c>
-      <c r="M15" s="14">
+      <c r="N15" s="14">
         <v>6.22</v>
       </c>
-      <c r="N15" s="14">
+      <c r="O15" s="14">
         <v>6.83</v>
       </c>
-      <c r="O15" s="14">
+      <c r="P15" s="14">
         <v>6.97</v>
       </c>
-      <c r="P15" s="14">
+      <c r="Q15" s="14">
         <v>6.4</v>
       </c>
-      <c r="Q15" s="14">
-[...12 lines deleted...]
-    <row r="16" spans="1:20">
+    </row>
+    <row r="16" spans="1:17">
       <c r="A16" s="13" t="s">
         <v>12</v>
       </c>
       <c r="B16" s="14">
+        <v>0.0</v>
+      </c>
+      <c r="C16" s="14">
         <v>16.41</v>
       </c>
-      <c r="C16" s="14">
+      <c r="D16" s="14">
         <v>15.0099999999999998</v>
       </c>
-      <c r="D16" s="14">
+      <c r="E16" s="14">
         <v>16.8</v>
       </c>
-      <c r="E16" s="14">
+      <c r="F16" s="14">
         <v>17.71</v>
       </c>
-      <c r="F16" s="14">
+      <c r="G16" s="14">
         <v>16.11</v>
       </c>
-      <c r="G16" s="14">
+      <c r="H16" s="14">
         <v>17.61</v>
       </c>
-      <c r="H16" s="14">
+      <c r="I16" s="14">
         <v>17.81</v>
       </c>
-      <c r="I16" s="14">
+      <c r="J16" s="14">
         <v>18.64</v>
       </c>
-      <c r="J16" s="14">
+      <c r="K16" s="14">
         <v>23.66</v>
       </c>
-      <c r="K16" s="14">
+      <c r="L16" s="14">
         <v>29.65</v>
       </c>
-      <c r="L16" s="14">
+      <c r="M16" s="14">
         <v>35.6</v>
       </c>
-      <c r="M16" s="14">
+      <c r="N16" s="14">
         <v>40.3</v>
       </c>
-      <c r="N16" s="14">
+      <c r="O16" s="14">
         <v>41.32</v>
       </c>
-      <c r="O16" s="14">
+      <c r="P16" s="14">
         <v>35.26</v>
       </c>
-      <c r="P16" s="14">
+      <c r="Q16" s="14">
         <v>33.54</v>
       </c>
-      <c r="Q16" s="14">
-[...12 lines deleted...]
-    <row r="17" spans="1:20">
+    </row>
+    <row r="17" spans="1:17">
       <c r="A17" s="13" t="s">
         <v>13</v>
       </c>
       <c r="B17" s="14">
+        <v>0.0</v>
+      </c>
+      <c r="C17" s="14">
         <v>10.71</v>
       </c>
-      <c r="C17" s="14">
+      <c r="D17" s="14">
         <v>8.2</v>
       </c>
-      <c r="D17" s="14">
+      <c r="E17" s="14">
         <v>7.94</v>
       </c>
-      <c r="E17" s="14">
+      <c r="F17" s="14">
         <v>1.71</v>
       </c>
-      <c r="F17" s="14">
+      <c r="G17" s="14">
         <v>1.18</v>
       </c>
-      <c r="G17" s="14">
+      <c r="H17" s="14">
         <v>2.58</v>
       </c>
-      <c r="H17" s="14">
+      <c r="I17" s="14">
         <v>2.11</v>
       </c>
-      <c r="I17" s="14">
+      <c r="J17" s="14">
         <v>8.27</v>
       </c>
-      <c r="J17" s="14">
+      <c r="K17" s="14">
         <v>8.88</v>
       </c>
-      <c r="K17" s="14">
+      <c r="L17" s="14">
         <v>9.029999999999999</v>
       </c>
-      <c r="L17" s="14">
+      <c r="M17" s="14">
         <v>8.84</v>
       </c>
-      <c r="M17" s="14">
+      <c r="N17" s="14">
         <v>7.22</v>
       </c>
-      <c r="N17" s="14">
+      <c r="O17" s="14">
         <v>5.8</v>
       </c>
-      <c r="O17" s="14">
+      <c r="P17" s="14">
         <v>6.73</v>
       </c>
-      <c r="P17" s="14">
+      <c r="Q17" s="14">
         <v>6.97</v>
       </c>
-      <c r="Q17" s="14">
-[...12 lines deleted...]
-    <row r="18" spans="1:20">
+    </row>
+    <row r="18" spans="1:17">
       <c r="A18" s="13" t="s">
         <v>14</v>
       </c>
       <c r="B18" s="14">
+        <v>0.0</v>
+      </c>
+      <c r="C18" s="14">
         <v>36.24</v>
       </c>
-      <c r="C18" s="14">
+      <c r="D18" s="14">
         <v>33.48</v>
       </c>
-      <c r="D18" s="14">
+      <c r="E18" s="14">
         <v>34.090000000000003</v>
       </c>
-      <c r="E18" s="14">
+      <c r="F18" s="14">
         <v>23.1</v>
       </c>
-      <c r="F18" s="14">
+      <c r="G18" s="14">
         <v>23.92</v>
       </c>
-      <c r="G18" s="14">
+      <c r="H18" s="14">
         <v>26.4</v>
       </c>
-      <c r="H18" s="14">
+      <c r="I18" s="14">
         <v>29.059999999999999</v>
       </c>
-      <c r="I18" s="14">
+      <c r="J18" s="14">
         <v>20.51</v>
       </c>
-      <c r="J18" s="14">
+      <c r="K18" s="14">
         <v>19.09</v>
       </c>
-      <c r="K18" s="14">
+      <c r="L18" s="14">
         <v>23.89</v>
       </c>
-      <c r="L18" s="14">
+      <c r="M18" s="14">
         <v>31.49</v>
       </c>
-      <c r="M18" s="14">
+      <c r="N18" s="14">
         <v>79.70999999999999</v>
       </c>
-      <c r="N18" s="14">
+      <c r="O18" s="14">
         <v>141.63</v>
       </c>
-      <c r="O18" s="14">
+      <c r="P18" s="14">
         <v>160.27000000000001</v>
       </c>
-      <c r="P18" s="14">
+      <c r="Q18" s="14">
         <v>164.15000000000001</v>
       </c>
-      <c r="Q18" s="14">
-[...12 lines deleted...]
-    <row r="19" spans="1:20">
+    </row>
+    <row r="19" spans="1:17">
       <c r="A19" s="13" t="s">
         <v>15</v>
       </c>
       <c r="B19" s="14">
+        <v>0.0</v>
+      </c>
+      <c r="C19" s="14">
         <v>6.19</v>
       </c>
-      <c r="C19" s="14">
+      <c r="D19" s="14">
         <v>6.09</v>
       </c>
-      <c r="D19" s="14">
+      <c r="E19" s="14">
         <v>6.25</v>
       </c>
-      <c r="E19" s="14">
+      <c r="F19" s="14">
         <v>6.03</v>
-      </c>
-[...1 lines deleted...]
-        <v>5.62</v>
       </c>
       <c r="G19" s="14">
         <v>5.62</v>
       </c>
       <c r="H19" s="14">
+        <v>5.62</v>
+      </c>
+      <c r="I19" s="14">
         <v>5.53</v>
       </c>
-      <c r="I19" s="14">
+      <c r="J19" s="14">
         <v>5.54</v>
       </c>
-      <c r="J19" s="14">
+      <c r="K19" s="14">
         <v>5.98</v>
       </c>
-      <c r="K19" s="14">
+      <c r="L19" s="14">
         <v>6.64</v>
       </c>
-      <c r="L19" s="14">
+      <c r="M19" s="14">
         <v>8.28</v>
       </c>
-      <c r="M19" s="14">
+      <c r="N19" s="14">
         <v>11.56</v>
       </c>
-      <c r="N19" s="14">
+      <c r="O19" s="14">
         <v>13.59</v>
       </c>
-      <c r="O19" s="14">
+      <c r="P19" s="14">
         <v>15.7</v>
       </c>
-      <c r="P19" s="14">
+      <c r="Q19" s="14">
         <v>16.73</v>
       </c>
-      <c r="Q19" s="14">
-[...12 lines deleted...]
-    <row r="20" spans="1:20">
+    </row>
+    <row r="20" spans="1:17">
       <c r="A20" s="13" t="s">
         <v>16</v>
       </c>
       <c r="B20" s="14">
+        <v>0.0</v>
+      </c>
+      <c r="C20" s="14">
         <v>348.55000000000001</v>
       </c>
-      <c r="C20" s="14">
+      <c r="D20" s="14">
         <v>258.29000000000002</v>
       </c>
-      <c r="D20" s="14">
+      <c r="E20" s="14">
         <v>-11.94</v>
       </c>
-      <c r="E20" s="14">
+      <c r="F20" s="14">
         <v>9.12</v>
       </c>
-      <c r="F20" s="14">
+      <c r="G20" s="14">
         <v>7.76</v>
       </c>
-      <c r="G20" s="14">
+      <c r="H20" s="14">
         <v>6.14</v>
       </c>
-      <c r="H20" s="14">
+      <c r="I20" s="14">
         <v>111.61</v>
       </c>
-      <c r="I20" s="14">
+      <c r="J20" s="14">
         <v>100.31999999999999</v>
       </c>
-      <c r="J20" s="14">
+      <c r="K20" s="14">
         <v>96.54000000000001</v>
       </c>
-      <c r="K20" s="14">
+      <c r="L20" s="14">
         <v>90.90000000000001</v>
       </c>
-      <c r="L20" s="14">
+      <c r="M20" s="14">
         <v>82.27</v>
       </c>
-      <c r="M20" s="14">
+      <c r="N20" s="14">
         <v>78.23</v>
       </c>
-      <c r="N20" s="14">
+      <c r="O20" s="14">
         <v>70.079999999999998</v>
       </c>
-      <c r="O20" s="14">
+      <c r="P20" s="14">
         <v>66.72</v>
       </c>
-      <c r="P20" s="14">
+      <c r="Q20" s="14">
         <v>48.17</v>
       </c>
-      <c r="Q20" s="14">
-[...12 lines deleted...]
-    <row r="21" spans="1:20">
+    </row>
+    <row r="21" spans="1:17">
       <c r="A21" s="15" t="s">
         <v>17</v>
       </c>
       <c r="B21" s="15"/>
       <c r="C21" s="15"/>
       <c r="D21" s="15"/>
       <c r="E21" s="15"/>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15"/>
       <c r="I21" s="15"/>
       <c r="J21" s="15"/>
       <c r="K21" s="15"/>
       <c r="L21" s="15"/>
       <c r="M21" s="15"/>
       <c r="N21" s="15"/>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
-      <c r="R21" s="15"/>
-[...1 lines deleted...]
-      <c r="T21" s="15"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">