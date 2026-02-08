--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -527,396 +527,410 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F25"/>
+  <dimension ref="A1:F26"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="F25" sqref="F25"/>
+      <selection activeCell="F26" sqref="F26"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="3" max="3" width="4.055" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.055" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3"/>
       <c r="B4" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C4" s="4" t="s">
         <v>3</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>4</v>
       </c>
       <c r="E4" s="4" t="s">
         <v>5</v>
       </c>
       <c r="F4" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" s="5">
-        <v>45657</v>
+        <v>46022</v>
       </c>
       <c r="B5" s="6">
-        <v>4.73</v>
+        <v>4.13</v>
       </c>
       <c r="D5" s="7">
-        <v>18660900.0</v>
+        <v>18021900.0</v>
       </c>
       <c r="F5" s="7">
-        <v>3944300.0</v>
+        <v>4368400.0</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="5">
-        <v>45291</v>
+        <v>45657</v>
       </c>
       <c r="B6" s="6">
-        <v>5.69</v>
+        <v>4.73</v>
       </c>
       <c r="D6" s="7">
-        <v>19479200.0</v>
+        <v>18660900.0</v>
       </c>
       <c r="F6" s="7">
-        <v>3423400.0</v>
+        <v>3944300.0</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="5">
-        <v>44926</v>
+        <v>45291</v>
       </c>
       <c r="B7" s="6">
-        <v>5.06</v>
+        <v>5.69</v>
       </c>
       <c r="D7" s="7">
-        <v>15884100.0</v>
+        <v>19479200.0</v>
       </c>
       <c r="F7" s="7">
-        <v>3141300.0</v>
+        <v>3423400.0</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="5">
-        <v>44561</v>
+        <v>44926</v>
       </c>
       <c r="B8" s="6">
-        <v>3.56</v>
+        <v>5.06</v>
       </c>
       <c r="D8" s="7">
-        <v>14014900.0</v>
+        <v>15884100.0</v>
       </c>
       <c r="F8" s="7">
-        <v>3932500.0</v>
+        <v>3141300.0</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="5">
-        <v>44196</v>
+        <v>44561</v>
       </c>
       <c r="B9" s="6">
-        <v>3.63</v>
+        <v>3.56</v>
       </c>
       <c r="D9" s="7">
-        <v>9779100.0</v>
+        <v>14014900.0</v>
       </c>
       <c r="F9" s="7">
-        <v>2697400.0</v>
+        <v>3932500.0</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" s="5">
-        <v>43830</v>
+        <v>44196</v>
       </c>
       <c r="B10" s="6">
-        <v>3.67</v>
+        <v>3.63</v>
       </c>
       <c r="D10" s="7">
-        <v>7689100.0</v>
+        <v>9779100.0</v>
       </c>
       <c r="F10" s="7">
-        <v>2096600.0</v>
+        <v>2697400.0</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" s="5">
-        <v>43465</v>
+        <v>43830</v>
       </c>
       <c r="B11" s="6">
-        <v>4.47</v>
+        <v>3.67</v>
       </c>
       <c r="D11" s="7">
-        <v>6447600.0</v>
+        <v>7689100.0</v>
       </c>
       <c r="F11" s="7">
-        <v>1442800.0</v>
+        <v>2096600.0</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" s="5">
-        <v>43100</v>
+        <v>43465</v>
       </c>
       <c r="B12" s="6">
-        <v>3.82</v>
+        <v>4.47</v>
       </c>
       <c r="D12" s="7">
-        <v>4335030.0</v>
+        <v>6447600.0</v>
       </c>
       <c r="F12" s="7">
-        <v>1135483.0</v>
+        <v>1442800.0</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" s="5">
-        <v>42735</v>
+        <v>43100</v>
       </c>
       <c r="B13" s="6">
-        <v>2.56</v>
+        <v>3.82</v>
       </c>
       <c r="D13" s="7">
-        <v>3180188.0</v>
+        <v>4335030.0</v>
       </c>
       <c r="F13" s="7">
-        <v>1241495.0</v>
+        <v>1135483.0</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="5">
-        <v>42369</v>
+        <v>42735</v>
       </c>
       <c r="B14" s="6">
-        <v>3.59</v>
+        <v>2.56</v>
       </c>
       <c r="D14" s="7">
-        <v>2915095.0</v>
+        <v>3180188.0</v>
       </c>
       <c r="F14" s="7">
-        <v>811162.0</v>
+        <v>1241495.0</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="5">
-        <v>42004</v>
+        <v>42369</v>
       </c>
       <c r="B15" s="6">
-        <v>3.31</v>
+        <v>3.59</v>
       </c>
       <c r="D15" s="7">
-        <v>2167461.0</v>
+        <v>2915095.0</v>
       </c>
       <c r="F15" s="7">
-        <v>654660.0</v>
+        <v>811162.0</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" s="5">
-        <v>41639</v>
+        <v>42004</v>
       </c>
       <c r="B16" s="6">
-        <v>6.0099999999999998</v>
+        <v>3.31</v>
       </c>
       <c r="D16" s="7">
-        <v>1796934.0</v>
+        <v>2167461.0</v>
       </c>
       <c r="F16" s="7">
-        <v>298835.0</v>
+        <v>654660.0</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" s="5">
-        <v>41274</v>
+        <v>41639</v>
       </c>
       <c r="B17" s="6">
-        <v>7.37</v>
+        <v>6.0099999999999998</v>
       </c>
       <c r="D17" s="7">
-        <v>1206012.0</v>
+        <v>1796934.0</v>
       </c>
       <c r="F17" s="7">
-        <v>163550.0</v>
+        <v>298835.0</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" s="5">
-        <v>40908</v>
+        <v>41274</v>
       </c>
       <c r="B18" s="6">
-        <v>4.4</v>
+        <v>7.37</v>
       </c>
       <c r="D18" s="7">
-        <v>652875.0</v>
+        <v>1206012.0</v>
       </c>
       <c r="F18" s="7">
-        <v>148271.0</v>
+        <v>163550.0</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" s="5">
-        <v>40543</v>
+        <v>40908</v>
       </c>
       <c r="B19" s="6">
-        <v>3.28</v>
+        <v>4.4</v>
       </c>
       <c r="D19" s="7">
-        <v>357622.0</v>
+        <v>652875.0</v>
       </c>
       <c r="F19" s="7">
-        <v>109056.0</v>
+        <v>148271.0</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" s="5">
-        <v>40178</v>
+        <v>40543</v>
       </c>
       <c r="B20" s="6">
-        <v>4.55</v>
+        <v>3.28</v>
       </c>
       <c r="D20" s="7">
-        <v>425508.0</v>
+        <v>357622.0</v>
       </c>
       <c r="F20" s="7">
-        <v>93575.0</v>
+        <v>109056.0</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" s="5">
-        <v>39813</v>
+        <v>40178</v>
       </c>
       <c r="B21" s="6">
-        <v>6.23</v>
+        <v>4.55</v>
       </c>
       <c r="D21" s="7">
-        <v>521442.0</v>
+        <v>425508.0</v>
       </c>
       <c r="F21" s="7">
-        <v>83672.0</v>
+        <v>93575.0</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="5">
-        <v>39447</v>
+        <v>39813</v>
       </c>
       <c r="B22" s="6">
-        <v>2.81</v>
+        <v>6.23</v>
       </c>
       <c r="D22" s="7">
-        <v>797829.0</v>
+        <v>521442.0</v>
       </c>
       <c r="F22" s="7">
-        <v>283664.0</v>
+        <v>83672.0</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" s="5">
-        <v>39082</v>
+        <v>39447</v>
       </c>
       <c r="B23" s="6">
-        <v>10.44</v>
+        <v>2.81</v>
       </c>
       <c r="D23" s="7">
-        <v>469984.0</v>
+        <v>797829.0</v>
       </c>
       <c r="F23" s="7">
-        <v>45014.0</v>
+        <v>283664.0</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" s="5">
+        <v>39082</v>
+      </c>
+      <c r="B24" s="6">
+        <v>10.44</v>
+      </c>
+      <c r="D24" s="7">
+        <v>469984.0</v>
+      </c>
+      <c r="F24" s="7">
+        <v>45014.0</v>
+      </c>
+    </row>
+    <row r="25" spans="1:6">
+      <c r="A25" s="5">
         <v>38717</v>
       </c>
-      <c r="B24" s="6">
+      <c r="B25" s="6">
         <v>8.46</v>
       </c>
-      <c r="D24" s="7">
+      <c r="D25" s="7">
         <v>341392.0</v>
       </c>
-      <c r="F24" s="7">
+      <c r="F25" s="7">
         <v>40357.0</v>
       </c>
     </row>
-    <row r="25" spans="1:6">
-      <c r="A25" s="8" t="s">
+    <row r="26" spans="1:6">
+      <c r="A26" s="8" t="s">
         <v>7</v>
       </c>
-      <c r="B25" s="8"/>
-[...3 lines deleted...]
-      <c r="F25" s="8"/>
+      <c r="B26" s="8"/>
+      <c r="C26" s="8"/>
+      <c r="D26" s="8"/>
+      <c r="E26" s="8"/>
+      <c r="F26" s="8"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M25"/>
+  <dimension ref="A1:M26"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="M25" sqref="M25"/>
+      <selection activeCell="M26" sqref="M26"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="3"/>
       <c r="B4" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C4" s="4" t="s">
         <v>9</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>10</v>
       </c>
@@ -928,1416 +942,1479 @@
       </c>
       <c r="G4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="H4" s="4" t="s">
         <v>14</v>
       </c>
       <c r="I4" s="4" t="s">
         <v>15</v>
       </c>
       <c r="J4" s="4" t="s">
         <v>16</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>17</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>18</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="5">
-        <v>45657</v>
+        <v>46022</v>
       </c>
       <c r="B5" s="6">
-        <v>4.73</v>
+        <v>4.13</v>
       </c>
       <c r="C5" s="6">
-        <v>0.66</v>
+        <v>0.0</v>
       </c>
       <c r="D5" s="6">
-        <v>1.26</v>
+        <v>0.0</v>
       </c>
       <c r="E5" s="6">
-        <v>1.25</v>
+        <v>0.0</v>
       </c>
       <c r="F5" s="6">
-        <v>1.4</v>
+        <v>0.0</v>
       </c>
       <c r="G5" s="6">
-        <v>1.15</v>
+        <v>0.0</v>
       </c>
       <c r="H5" s="6">
-        <v>1.6</v>
+        <v>0.0</v>
       </c>
       <c r="I5" s="6">
-        <v>1.11</v>
+        <v>0.0</v>
       </c>
       <c r="J5" s="6">
-        <v>1.36</v>
+        <v>0.0</v>
       </c>
       <c r="K5" s="6">
-        <v>1.17</v>
+        <v>0.0</v>
       </c>
       <c r="L5" s="6">
-        <v>1.66</v>
+        <v>0.0</v>
       </c>
       <c r="M5" s="6">
-        <v>2.69</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="5">
-        <v>45291</v>
+        <v>45657</v>
       </c>
       <c r="B6" s="6">
-        <v>5.69</v>
+        <v>4.73</v>
       </c>
       <c r="C6" s="6">
-        <v>0.87</v>
+        <v>0.66</v>
       </c>
       <c r="D6" s="6">
-        <v>1.65</v>
+        <v>1.26</v>
       </c>
       <c r="E6" s="6">
-        <v>1.43</v>
+        <v>1.25</v>
       </c>
       <c r="F6" s="6">
-        <v>1.68</v>
+        <v>1.4</v>
       </c>
       <c r="G6" s="6">
-        <v>0.94</v>
+        <v>1.15</v>
       </c>
       <c r="H6" s="6">
-        <v>1.43</v>
+        <v>1.6</v>
       </c>
       <c r="I6" s="6">
-        <v>1.16</v>
+        <v>1.11</v>
       </c>
       <c r="J6" s="6">
-        <v>1.25</v>
+        <v>1.36</v>
       </c>
       <c r="K6" s="6">
-        <v>0.91</v>
+        <v>1.17</v>
       </c>
       <c r="L6" s="6">
-        <v>1.75</v>
+        <v>1.66</v>
       </c>
       <c r="M6" s="6">
-        <v>3.99</v>
+        <v>2.69</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="5">
-        <v>44926</v>
+        <v>45291</v>
       </c>
       <c r="B7" s="6">
-        <v>5.06</v>
+        <v>5.69</v>
       </c>
       <c r="C7" s="6">
-        <v>0.96</v>
+        <v>0.87</v>
       </c>
       <c r="D7" s="6">
-        <v>1.41</v>
+        <v>1.65</v>
       </c>
       <c r="E7" s="6">
+        <v>1.43</v>
+      </c>
+      <c r="F7" s="6">
+        <v>1.68</v>
+      </c>
+      <c r="G7" s="6">
+        <v>0.94</v>
+      </c>
+      <c r="H7" s="6">
+        <v>1.43</v>
+      </c>
+      <c r="I7" s="6">
+        <v>1.16</v>
+      </c>
+      <c r="J7" s="6">
         <v>1.25</v>
       </c>
-      <c r="F7" s="6">
-[...13 lines deleted...]
-      </c>
       <c r="K7" s="6">
-        <v>1.22</v>
+        <v>0.91</v>
       </c>
       <c r="L7" s="6">
-        <v>1.48</v>
+        <v>1.75</v>
       </c>
       <c r="M7" s="6">
-        <v>4.83</v>
+        <v>3.99</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="5">
-        <v>44561</v>
+        <v>44926</v>
       </c>
       <c r="B8" s="6">
-        <v>3.56</v>
+        <v>5.06</v>
       </c>
       <c r="C8" s="6">
-        <v>0.79</v>
+        <v>0.96</v>
       </c>
       <c r="D8" s="6">
-        <v>1.59</v>
+        <v>1.41</v>
       </c>
       <c r="E8" s="6">
-        <v>1.52</v>
+        <v>1.25</v>
       </c>
       <c r="F8" s="6">
-        <v>1.43</v>
+        <v>1.89</v>
       </c>
       <c r="G8" s="6">
-        <v>1.23</v>
+        <v>1.05</v>
       </c>
       <c r="H8" s="6">
-        <v>1.27</v>
+        <v>1.29</v>
       </c>
       <c r="I8" s="6">
-        <v>1.35</v>
+        <v>0.99</v>
       </c>
       <c r="J8" s="6">
-        <v>1.27</v>
+        <v>1.47</v>
       </c>
       <c r="K8" s="6">
-        <v>1.4</v>
+        <v>1.22</v>
       </c>
       <c r="L8" s="6">
-        <v>1.5</v>
+        <v>1.48</v>
       </c>
       <c r="M8" s="6">
-        <v>4.46</v>
+        <v>4.83</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="5">
-        <v>44196</v>
+        <v>44561</v>
       </c>
       <c r="B9" s="6">
-        <v>3.63</v>
+        <v>3.56</v>
       </c>
       <c r="C9" s="6">
-        <v>0.84</v>
+        <v>0.79</v>
       </c>
       <c r="D9" s="6">
-        <v>1.81</v>
+        <v>1.59</v>
       </c>
       <c r="E9" s="6">
-        <v>1.58</v>
+        <v>1.52</v>
       </c>
       <c r="F9" s="6">
-        <v>1.86</v>
+        <v>1.43</v>
       </c>
       <c r="G9" s="6">
+        <v>1.23</v>
+      </c>
+      <c r="H9" s="6">
+        <v>1.27</v>
+      </c>
+      <c r="I9" s="6">
+        <v>1.35</v>
+      </c>
+      <c r="J9" s="6">
+        <v>1.27</v>
+      </c>
+      <c r="K9" s="6">
         <v>1.4</v>
       </c>
-      <c r="H9" s="6">
-[...10 lines deleted...]
-      </c>
       <c r="L9" s="6">
-        <v>2.13</v>
+        <v>1.5</v>
       </c>
       <c r="M9" s="6">
-        <v>4.33</v>
+        <v>4.46</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="5">
-        <v>43830</v>
+        <v>44196</v>
       </c>
       <c r="B10" s="6">
-        <v>3.67</v>
+        <v>3.63</v>
       </c>
       <c r="C10" s="6">
-        <v>3.18</v>
+        <v>0.84</v>
       </c>
       <c r="D10" s="6">
-        <v>1.44</v>
+        <v>1.81</v>
       </c>
       <c r="E10" s="6">
-        <v>1.6</v>
+        <v>1.58</v>
       </c>
       <c r="F10" s="6">
-        <v>5.19</v>
+        <v>1.86</v>
       </c>
       <c r="G10" s="6">
-        <v>1.16</v>
+        <v>1.4</v>
       </c>
       <c r="H10" s="6">
-        <v>3.1</v>
+        <v>1.4</v>
       </c>
       <c r="I10" s="6">
-        <v>1.26</v>
+        <v>1.21</v>
       </c>
       <c r="J10" s="6">
-        <v>1.24</v>
+        <v>1.02</v>
       </c>
       <c r="K10" s="6">
-        <v>0.88</v>
+        <v>1.35</v>
       </c>
       <c r="L10" s="6">
-        <v>1.92</v>
+        <v>2.13</v>
       </c>
       <c r="M10" s="6">
-        <v>3.61</v>
+        <v>4.33</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="5">
-        <v>43465</v>
+        <v>43830</v>
       </c>
       <c r="B11" s="6">
-        <v>4.47</v>
+        <v>3.67</v>
       </c>
       <c r="C11" s="6">
-        <v>0.98</v>
+        <v>3.18</v>
       </c>
       <c r="D11" s="6">
-        <v>2.79</v>
+        <v>1.44</v>
       </c>
       <c r="E11" s="6">
-        <v>1.61</v>
+        <v>1.6</v>
       </c>
       <c r="F11" s="6">
-        <v>1.47</v>
+        <v>5.19</v>
       </c>
       <c r="G11" s="6">
-        <v>1.73</v>
+        <v>1.16</v>
       </c>
       <c r="H11" s="6">
-        <v>3.38</v>
+        <v>3.1</v>
       </c>
       <c r="I11" s="6">
-        <v>1.47</v>
+        <v>1.26</v>
       </c>
       <c r="J11" s="6">
-        <v>1.17</v>
+        <v>1.24</v>
       </c>
       <c r="K11" s="6">
-        <v>1.57</v>
+        <v>0.88</v>
       </c>
       <c r="L11" s="6">
-        <v>1.73</v>
+        <v>1.92</v>
       </c>
       <c r="M11" s="6">
-        <v>3.43</v>
+        <v>3.61</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="5">
-        <v>43100</v>
+        <v>43465</v>
       </c>
       <c r="B12" s="6">
-        <v>3.82</v>
+        <v>4.47</v>
       </c>
       <c r="C12" s="6">
-        <v>1.28</v>
+        <v>0.98</v>
       </c>
       <c r="D12" s="6">
-        <v>5.49</v>
+        <v>2.79</v>
       </c>
       <c r="E12" s="6">
-        <v>1.55</v>
+        <v>1.61</v>
       </c>
       <c r="F12" s="6">
-        <v>1.43</v>
+        <v>1.47</v>
       </c>
       <c r="G12" s="6">
-        <v>1.32</v>
+        <v>1.73</v>
       </c>
       <c r="H12" s="6">
-        <v>2.74</v>
+        <v>3.38</v>
       </c>
       <c r="I12" s="6">
-        <v>1.41</v>
+        <v>1.47</v>
       </c>
       <c r="J12" s="6">
-        <v>1.33</v>
+        <v>1.17</v>
       </c>
       <c r="K12" s="6">
-        <v>1.35</v>
+        <v>1.57</v>
       </c>
       <c r="L12" s="6">
-        <v>1.34</v>
+        <v>1.73</v>
       </c>
       <c r="M12" s="6">
-        <v>3.28</v>
+        <v>3.43</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="5">
-        <v>42735</v>
+        <v>43100</v>
       </c>
       <c r="B13" s="6">
-        <v>2.56</v>
+        <v>3.82</v>
       </c>
       <c r="C13" s="6">
-        <v>1.65</v>
+        <v>1.28</v>
       </c>
       <c r="D13" s="6">
-        <v>4.11</v>
+        <v>5.49</v>
       </c>
       <c r="E13" s="6">
         <v>1.55</v>
       </c>
       <c r="F13" s="6">
-        <v>0.97</v>
+        <v>1.43</v>
       </c>
       <c r="G13" s="6">
-        <v>1.37</v>
+        <v>1.32</v>
       </c>
       <c r="H13" s="6">
-        <v>2.22</v>
+        <v>2.74</v>
       </c>
       <c r="I13" s="6">
-        <v>2.47</v>
+        <v>1.41</v>
       </c>
       <c r="J13" s="6">
-        <v>1.78</v>
+        <v>1.33</v>
       </c>
       <c r="K13" s="6">
-        <v>1.25</v>
+        <v>1.35</v>
       </c>
       <c r="L13" s="6">
-        <v>1.44</v>
+        <v>1.34</v>
       </c>
       <c r="M13" s="6">
-        <v>2.31</v>
+        <v>3.28</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="5">
-        <v>42369</v>
+        <v>42735</v>
       </c>
       <c r="B14" s="6">
-        <v>3.59</v>
+        <v>2.56</v>
       </c>
       <c r="C14" s="6">
-        <v>1.5</v>
+        <v>1.65</v>
       </c>
       <c r="D14" s="6">
-        <v>4.44</v>
+        <v>4.11</v>
       </c>
       <c r="E14" s="6">
-        <v>1.3</v>
+        <v>1.55</v>
       </c>
       <c r="F14" s="6">
-        <v>1.27</v>
+        <v>0.97</v>
       </c>
       <c r="G14" s="6">
-        <v>1.53</v>
+        <v>1.37</v>
       </c>
       <c r="H14" s="6">
-        <v>2.5</v>
+        <v>2.22</v>
       </c>
       <c r="I14" s="6">
-        <v>2.17</v>
+        <v>2.47</v>
       </c>
       <c r="J14" s="6">
-        <v>1.55</v>
+        <v>1.78</v>
       </c>
       <c r="K14" s="6">
-        <v>1.49</v>
+        <v>1.25</v>
       </c>
       <c r="L14" s="6">
-        <v>1.38</v>
+        <v>1.44</v>
       </c>
       <c r="M14" s="6">
-        <v>2.78</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="5">
-        <v>42004</v>
+        <v>42369</v>
       </c>
       <c r="B15" s="6">
-        <v>3.31</v>
+        <v>3.59</v>
       </c>
       <c r="C15" s="6">
-        <v>1.41</v>
+        <v>1.5</v>
       </c>
       <c r="D15" s="6">
-        <v>4.95</v>
+        <v>4.44</v>
       </c>
       <c r="E15" s="6">
-        <v>1.73</v>
+        <v>1.3</v>
       </c>
       <c r="F15" s="6">
-        <v>1.75</v>
+        <v>1.27</v>
       </c>
       <c r="G15" s="6">
-        <v>1.09</v>
+        <v>1.53</v>
       </c>
       <c r="H15" s="6">
-        <v>3.07</v>
+        <v>2.5</v>
       </c>
       <c r="I15" s="6">
-        <v>2.36</v>
+        <v>2.17</v>
       </c>
       <c r="J15" s="6">
-        <v>1.77</v>
+        <v>1.55</v>
       </c>
       <c r="K15" s="6">
-        <v>2.67</v>
+        <v>1.49</v>
       </c>
       <c r="L15" s="6">
-        <v>1.22</v>
+        <v>1.38</v>
       </c>
       <c r="M15" s="6">
-        <v>4.2</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="5">
-        <v>41639</v>
+        <v>42004</v>
       </c>
       <c r="B16" s="6">
-        <v>6.0099999999999998</v>
+        <v>3.31</v>
       </c>
       <c r="C16" s="6">
-        <v>2.59</v>
+        <v>1.41</v>
       </c>
       <c r="D16" s="6">
-        <v>3.44</v>
+        <v>4.95</v>
       </c>
       <c r="E16" s="6">
-        <v>1.52</v>
+        <v>1.73</v>
       </c>
       <c r="F16" s="6">
-        <v>2.0099999999999998</v>
+        <v>1.75</v>
       </c>
       <c r="G16" s="6">
-        <v>1.47</v>
+        <v>1.09</v>
       </c>
       <c r="H16" s="6">
-        <v>1.15</v>
+        <v>3.07</v>
       </c>
       <c r="I16" s="6">
-        <v>2.2</v>
+        <v>2.36</v>
       </c>
       <c r="J16" s="6">
-        <v>2.0</v>
+        <v>1.77</v>
       </c>
       <c r="K16" s="6">
-        <v>2.41</v>
+        <v>2.67</v>
       </c>
       <c r="L16" s="6">
-        <v>3.16</v>
+        <v>1.22</v>
       </c>
       <c r="M16" s="6">
-        <v>3.99</v>
+        <v>4.2</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="5">
-        <v>41274</v>
+        <v>41639</v>
       </c>
       <c r="B17" s="6">
-        <v>7.37</v>
+        <v>6.0099999999999998</v>
       </c>
       <c r="C17" s="6">
-        <v>2.27</v>
+        <v>2.59</v>
       </c>
       <c r="D17" s="6">
-        <v>3.81</v>
+        <v>3.44</v>
       </c>
       <c r="E17" s="6">
+        <v>1.52</v>
+      </c>
+      <c r="F17" s="6">
+        <v>2.0099999999999998</v>
+      </c>
+      <c r="G17" s="6">
+        <v>1.47</v>
+      </c>
+      <c r="H17" s="6">
         <v>1.15</v>
       </c>
-      <c r="F17" s="6">
-[...7 lines deleted...]
-      </c>
       <c r="I17" s="6">
-        <v>1.9</v>
+        <v>2.2</v>
       </c>
       <c r="J17" s="6">
-        <v>1.9</v>
+        <v>2.0</v>
       </c>
       <c r="K17" s="6">
-        <v>2.15</v>
+        <v>2.41</v>
       </c>
       <c r="L17" s="6">
-        <v>2.31</v>
+        <v>3.16</v>
       </c>
       <c r="M17" s="6">
-        <v>3.67</v>
+        <v>3.99</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="5">
-        <v>40908</v>
+        <v>41274</v>
       </c>
       <c r="B18" s="6">
-        <v>4.4</v>
+        <v>7.37</v>
       </c>
       <c r="C18" s="6">
-        <v>0.0</v>
+        <v>2.27</v>
       </c>
       <c r="D18" s="6">
-        <v>4.8</v>
+        <v>3.81</v>
       </c>
       <c r="E18" s="6">
-        <v>1.97</v>
+        <v>1.15</v>
       </c>
       <c r="F18" s="6">
-        <v>1.5</v>
+        <v>1.8</v>
       </c>
       <c r="G18" s="6">
-        <v>1.6</v>
+        <v>1.55</v>
       </c>
       <c r="H18" s="6">
-        <v>5.53</v>
+        <v>1.44</v>
       </c>
       <c r="I18" s="6">
-        <v>2.38</v>
+        <v>1.9</v>
       </c>
       <c r="J18" s="6">
-        <v>2.04</v>
+        <v>1.9</v>
       </c>
       <c r="K18" s="6">
-        <v>2.06</v>
+        <v>2.15</v>
       </c>
       <c r="L18" s="6">
-        <v>1.55</v>
+        <v>2.31</v>
       </c>
       <c r="M18" s="6">
-        <v>3.39</v>
+        <v>3.67</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="5">
-        <v>40543</v>
+        <v>40908</v>
       </c>
       <c r="B19" s="6">
-        <v>3.28</v>
+        <v>4.4</v>
       </c>
       <c r="C19" s="6">
         <v>0.0</v>
       </c>
       <c r="D19" s="6">
-        <v>3.52</v>
+        <v>4.8</v>
       </c>
       <c r="E19" s="6">
         <v>1.97</v>
       </c>
       <c r="F19" s="6">
-        <v>1.73</v>
+        <v>1.5</v>
       </c>
       <c r="G19" s="6">
-        <v>2.09</v>
+        <v>1.6</v>
       </c>
       <c r="H19" s="6">
-        <v>2.32</v>
+        <v>5.53</v>
       </c>
       <c r="I19" s="6">
-        <v>2.05</v>
+        <v>2.38</v>
       </c>
       <c r="J19" s="6">
-        <v>1.86</v>
+        <v>2.04</v>
       </c>
       <c r="K19" s="6">
-        <v>2.11</v>
+        <v>2.06</v>
       </c>
       <c r="L19" s="6">
-        <v>2.42</v>
+        <v>1.55</v>
       </c>
       <c r="M19" s="6">
-        <v>2.23</v>
+        <v>3.39</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="5">
-        <v>40178</v>
+        <v>40543</v>
       </c>
       <c r="B20" s="6">
-        <v>4.55</v>
+        <v>3.28</v>
       </c>
       <c r="C20" s="6">
         <v>0.0</v>
       </c>
       <c r="D20" s="6">
-        <v>4.89</v>
+        <v>3.52</v>
       </c>
       <c r="E20" s="6">
-        <v>2.21</v>
+        <v>1.97</v>
       </c>
       <c r="F20" s="6">
-        <v>1.89</v>
+        <v>1.73</v>
       </c>
       <c r="G20" s="6">
-        <v>1.9</v>
+        <v>2.09</v>
       </c>
       <c r="H20" s="6">
-        <v>2.57</v>
+        <v>2.32</v>
       </c>
       <c r="I20" s="6">
-        <v>1.82</v>
+        <v>2.05</v>
       </c>
       <c r="J20" s="6">
-        <v>1.8</v>
+        <v>1.86</v>
       </c>
       <c r="K20" s="6">
-        <v>1.66</v>
+        <v>2.11</v>
       </c>
       <c r="L20" s="6">
-        <v>2.76</v>
+        <v>2.42</v>
       </c>
       <c r="M20" s="6">
-        <v>4.59</v>
+        <v>2.23</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="5">
-        <v>39813</v>
+        <v>40178</v>
       </c>
       <c r="B21" s="6">
-        <v>6.23</v>
+        <v>4.55</v>
       </c>
       <c r="C21" s="6">
         <v>0.0</v>
       </c>
       <c r="D21" s="6">
-        <v>3.12</v>
+        <v>4.89</v>
       </c>
       <c r="E21" s="6">
-        <v>2.2</v>
+        <v>2.21</v>
       </c>
       <c r="F21" s="6">
-        <v>1.53</v>
+        <v>1.89</v>
       </c>
       <c r="G21" s="6">
-        <v>0.95</v>
+        <v>1.9</v>
       </c>
       <c r="H21" s="6">
-        <v>3.52</v>
+        <v>2.57</v>
       </c>
       <c r="I21" s="6">
-        <v>1.65</v>
+        <v>1.82</v>
       </c>
       <c r="J21" s="6">
-        <v>1.35</v>
+        <v>1.8</v>
       </c>
       <c r="K21" s="6">
-        <v>1.59</v>
+        <v>1.66</v>
       </c>
       <c r="L21" s="6">
-        <v>2.82</v>
+        <v>2.76</v>
       </c>
       <c r="M21" s="6">
-        <v>4.0099999999999998</v>
+        <v>4.59</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="5">
-        <v>39447</v>
+        <v>39813</v>
       </c>
       <c r="B22" s="6">
-        <v>2.81</v>
+        <v>6.23</v>
       </c>
       <c r="C22" s="6">
         <v>0.0</v>
       </c>
       <c r="D22" s="6">
-        <v>2.11</v>
+        <v>3.12</v>
       </c>
       <c r="E22" s="6">
-        <v>1.2</v>
+        <v>2.2</v>
       </c>
       <c r="F22" s="6">
-        <v>1.4</v>
+        <v>1.53</v>
       </c>
       <c r="G22" s="6">
-        <v>2.33</v>
+        <v>0.95</v>
       </c>
       <c r="H22" s="6">
-        <v>4.11</v>
+        <v>3.52</v>
       </c>
       <c r="I22" s="6">
-        <v>1.51</v>
+        <v>1.65</v>
       </c>
       <c r="J22" s="6">
-        <v>1.23</v>
+        <v>1.35</v>
       </c>
       <c r="K22" s="6">
-        <v>2.15</v>
+        <v>1.59</v>
       </c>
       <c r="L22" s="6">
-        <v>1.93</v>
+        <v>2.82</v>
       </c>
       <c r="M22" s="6">
-        <v>2.49</v>
+        <v>4.0099999999999998</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="5">
-        <v>39082</v>
+        <v>39447</v>
       </c>
       <c r="B23" s="6">
-        <v>10.44</v>
+        <v>2.81</v>
       </c>
       <c r="C23" s="6">
         <v>0.0</v>
       </c>
       <c r="D23" s="6">
-        <v>1.67</v>
+        <v>2.11</v>
       </c>
       <c r="E23" s="6">
-        <v>1.59</v>
+        <v>1.2</v>
       </c>
       <c r="F23" s="6">
-        <v>1.38</v>
+        <v>1.4</v>
       </c>
       <c r="G23" s="6">
-        <v>1.91</v>
+        <v>2.33</v>
       </c>
       <c r="H23" s="6">
-        <v>3.18</v>
+        <v>4.11</v>
       </c>
       <c r="I23" s="6">
-        <v>1.2</v>
+        <v>1.51</v>
       </c>
       <c r="J23" s="6">
-        <v>1.2</v>
+        <v>1.23</v>
       </c>
       <c r="K23" s="6">
-        <v>2.2</v>
+        <v>2.15</v>
       </c>
       <c r="L23" s="6">
-        <v>1.7</v>
+        <v>1.93</v>
       </c>
       <c r="M23" s="6">
-        <v>3.07</v>
+        <v>2.49</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="5">
-        <v>38717</v>
+        <v>39082</v>
       </c>
       <c r="B24" s="6">
-        <v>8.46</v>
+        <v>10.44</v>
       </c>
       <c r="C24" s="6">
         <v>0.0</v>
       </c>
       <c r="D24" s="6">
+        <v>1.67</v>
+      </c>
+      <c r="E24" s="6">
+        <v>1.59</v>
+      </c>
+      <c r="F24" s="6">
+        <v>1.38</v>
+      </c>
+      <c r="G24" s="6">
+        <v>1.91</v>
+      </c>
+      <c r="H24" s="6">
+        <v>3.18</v>
+      </c>
+      <c r="I24" s="6">
+        <v>1.2</v>
+      </c>
+      <c r="J24" s="6">
+        <v>1.2</v>
+      </c>
+      <c r="K24" s="6">
+        <v>2.2</v>
+      </c>
+      <c r="L24" s="6">
+        <v>1.7</v>
+      </c>
+      <c r="M24" s="6">
+        <v>3.07</v>
+      </c>
+    </row>
+    <row r="25" spans="1:13">
+      <c r="A25" s="5">
+        <v>38717</v>
+      </c>
+      <c r="B25" s="6">
+        <v>8.46</v>
+      </c>
+      <c r="C25" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="D25" s="6">
         <v>2.57</v>
       </c>
-      <c r="E24" s="6">
+      <c r="E25" s="6">
         <v>1.78</v>
       </c>
-      <c r="F24" s="6">
+      <c r="F25" s="6">
         <v>1.3</v>
       </c>
-      <c r="G24" s="6">
+      <c r="G25" s="6">
         <v>1.89</v>
       </c>
-      <c r="H24" s="6">
+      <c r="H25" s="6">
         <v>6.79</v>
       </c>
-      <c r="I24" s="6">
+      <c r="I25" s="6">
         <v>2.48</v>
       </c>
-      <c r="J24" s="6">
+      <c r="J25" s="6">
         <v>1.58</v>
       </c>
-      <c r="K24" s="6">
+      <c r="K25" s="6">
         <v>1.47</v>
       </c>
-      <c r="L24" s="6">
+      <c r="L25" s="6">
         <v>1.71</v>
       </c>
-      <c r="M24" s="6">
+      <c r="M25" s="6">
         <v>3.84</v>
       </c>
     </row>
-    <row r="25" spans="1:13">
-      <c r="A25" s="8" t="s">
+    <row r="26" spans="1:13">
+      <c r="A26" s="8" t="s">
         <v>7</v>
       </c>
-      <c r="B25" s="8"/>
-[...10 lines deleted...]
-      <c r="M25" s="8"/>
+      <c r="B26" s="8"/>
+      <c r="C26" s="8"/>
+      <c r="D26" s="8"/>
+      <c r="E26" s="8"/>
+      <c r="F26" s="8"/>
+      <c r="G26" s="8"/>
+      <c r="H26" s="8"/>
+      <c r="I26" s="8"/>
+      <c r="J26" s="8"/>
+      <c r="K26" s="8"/>
+      <c r="L26" s="8"/>
+      <c r="M26" s="8"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C25"/>
+  <dimension ref="A1:C26"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="C25" sqref="C25"/>
+      <selection activeCell="C26" sqref="C26"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="3"/>
       <c r="B4" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C4" s="4" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="5">
-        <v>45657</v>
+        <v>46022</v>
       </c>
       <c r="B5" s="6">
-        <v>4.73</v>
+        <v>4.13</v>
       </c>
       <c r="C5" s="6">
-        <v>1.24</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="5">
-        <v>45291</v>
+        <v>45657</v>
       </c>
       <c r="B6" s="6">
-        <v>5.69</v>
+        <v>4.73</v>
       </c>
       <c r="C6" s="6">
-        <v>1.27</v>
+        <v>1.24</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="5">
-        <v>44926</v>
+        <v>45291</v>
       </c>
       <c r="B7" s="6">
-        <v>5.06</v>
+        <v>5.69</v>
       </c>
       <c r="C7" s="6">
-        <v>1.3</v>
+        <v>1.27</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="5">
-        <v>44561</v>
+        <v>44926</v>
       </c>
       <c r="B8" s="6">
-        <v>3.56</v>
+        <v>5.06</v>
       </c>
       <c r="C8" s="6">
-        <v>1.36</v>
+        <v>1.3</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="5">
-        <v>44196</v>
+        <v>44561</v>
       </c>
       <c r="B9" s="6">
-        <v>3.63</v>
+        <v>3.56</v>
       </c>
       <c r="C9" s="6">
-        <v>1.37</v>
+        <v>1.36</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="5">
-        <v>43830</v>
+        <v>44196</v>
       </c>
       <c r="B10" s="6">
-        <v>3.67</v>
+        <v>3.63</v>
       </c>
       <c r="C10" s="6">
-        <v>1.66</v>
+        <v>1.37</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="5">
-        <v>43465</v>
+        <v>43830</v>
       </c>
       <c r="B11" s="6">
-        <v>4.47</v>
+        <v>3.67</v>
       </c>
       <c r="C11" s="6">
-        <v>1.71</v>
+        <v>1.66</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="5">
-        <v>43100</v>
+        <v>43465</v>
       </c>
       <c r="B12" s="6">
-        <v>3.82</v>
+        <v>4.47</v>
       </c>
       <c r="C12" s="6">
-        <v>1.74</v>
+        <v>1.71</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="5">
-        <v>42735</v>
+        <v>43100</v>
       </c>
       <c r="B13" s="6">
-        <v>2.56</v>
+        <v>3.82</v>
       </c>
       <c r="C13" s="6">
-        <v>1.91</v>
+        <v>1.74</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="5">
-        <v>42369</v>
+        <v>42735</v>
       </c>
       <c r="B14" s="6">
-        <v>3.59</v>
+        <v>2.56</v>
       </c>
       <c r="C14" s="6">
-        <v>1.9</v>
+        <v>1.91</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="5">
-        <v>42004</v>
+        <v>42369</v>
       </c>
       <c r="B15" s="6">
-        <v>3.31</v>
+        <v>3.59</v>
       </c>
       <c r="C15" s="6">
-        <v>2.19</v>
+        <v>1.9</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="5">
-        <v>41639</v>
+        <v>42004</v>
       </c>
       <c r="B16" s="6">
-        <v>6.0099999999999998</v>
+        <v>3.31</v>
       </c>
       <c r="C16" s="6">
-        <v>2.17</v>
+        <v>2.19</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="5">
-        <v>41274</v>
+        <v>41639</v>
       </c>
       <c r="B17" s="6">
-        <v>7.37</v>
+        <v>6.0099999999999998</v>
       </c>
       <c r="C17" s="6">
-        <v>2.04</v>
+        <v>2.17</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="5">
-        <v>40908</v>
+        <v>41274</v>
       </c>
       <c r="B18" s="6">
-        <v>4.4</v>
+        <v>7.37</v>
       </c>
       <c r="C18" s="6">
-        <v>2.3</v>
+        <v>2.04</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="5">
-        <v>40543</v>
+        <v>40908</v>
       </c>
       <c r="B19" s="6">
-        <v>3.28</v>
+        <v>4.4</v>
       </c>
       <c r="C19" s="6">
-        <v>2.14</v>
+        <v>2.3</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="5">
-        <v>40178</v>
+        <v>40543</v>
       </c>
       <c r="B20" s="6">
-        <v>4.55</v>
+        <v>3.28</v>
       </c>
       <c r="C20" s="6">
-        <v>1.95</v>
+        <v>2.14</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="5">
-        <v>39813</v>
+        <v>40178</v>
       </c>
       <c r="B21" s="6">
-        <v>6.23</v>
+        <v>4.55</v>
       </c>
       <c r="C21" s="6">
-        <v>1.66</v>
+        <v>1.95</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="5">
-        <v>39447</v>
+        <v>39813</v>
       </c>
       <c r="B22" s="6">
-        <v>2.81</v>
+        <v>6.23</v>
       </c>
       <c r="C22" s="6">
-        <v>1.74</v>
+        <v>1.66</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="5">
-        <v>39082</v>
+        <v>39447</v>
       </c>
       <c r="B23" s="6">
-        <v>10.44</v>
+        <v>2.81</v>
       </c>
       <c r="C23" s="6">
-        <v>1.65</v>
+        <v>1.74</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="5">
+        <v>39082</v>
+      </c>
+      <c r="B24" s="6">
+        <v>10.44</v>
+      </c>
+      <c r="C24" s="6">
+        <v>1.65</v>
+      </c>
+    </row>
+    <row r="25" spans="1:3">
+      <c r="A25" s="5">
         <v>38717</v>
       </c>
-      <c r="B24" s="6">
+      <c r="B25" s="6">
         <v>8.46</v>
       </c>
-      <c r="C24" s="6">
+      <c r="C25" s="6">
         <v>1.82</v>
       </c>
     </row>
-    <row r="25" spans="1:3">
-      <c r="A25" s="8" t="s">
+    <row r="26" spans="1:3">
+      <c r="A26" s="8" t="s">
         <v>7</v>
       </c>
-      <c r="B25" s="8"/>
-      <c r="C25" s="8"/>
+      <c r="B26" s="8"/>
+      <c r="C26" s="8"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C25"/>
+  <dimension ref="A1:C26"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="C25" sqref="C25"/>
+      <selection activeCell="C26" sqref="C26"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="3"/>
       <c r="B4" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C4" s="4" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="5">
-        <v>45657</v>
+        <v>46022</v>
       </c>
       <c r="B5" s="6">
-        <v>4.73</v>
+        <v>4.13</v>
       </c>
       <c r="C5" s="6">
-        <v>1.21</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="5">
-        <v>45291</v>
+        <v>45657</v>
       </c>
       <c r="B6" s="6">
-        <v>5.69</v>
+        <v>4.73</v>
       </c>
       <c r="C6" s="6">
-        <v>1.23</v>
+        <v>1.21</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="5">
-        <v>44926</v>
+        <v>45291</v>
       </c>
       <c r="B7" s="6">
-        <v>5.06</v>
+        <v>5.69</v>
       </c>
       <c r="C7" s="6">
         <v>1.23</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="5">
-        <v>44561</v>
+        <v>44926</v>
       </c>
       <c r="B8" s="6">
-        <v>3.56</v>
+        <v>5.06</v>
       </c>
       <c r="C8" s="6">
-        <v>1.31</v>
+        <v>1.23</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="5">
-        <v>44196</v>
+        <v>44561</v>
       </c>
       <c r="B9" s="6">
-        <v>3.63</v>
+        <v>3.56</v>
       </c>
       <c r="C9" s="6">
-        <v>1.3</v>
+        <v>1.31</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="5">
-        <v>43830</v>
+        <v>44196</v>
       </c>
       <c r="B10" s="6">
-        <v>3.67</v>
+        <v>3.63</v>
       </c>
       <c r="C10" s="6">
-        <v>1.48</v>
+        <v>1.3</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="5">
-        <v>43465</v>
+        <v>43830</v>
       </c>
       <c r="B11" s="6">
-        <v>4.47</v>
+        <v>3.67</v>
       </c>
       <c r="C11" s="6">
-        <v>1.52</v>
+        <v>1.48</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="5">
-        <v>43100</v>
+        <v>43465</v>
       </c>
       <c r="B12" s="6">
-        <v>3.82</v>
+        <v>4.47</v>
       </c>
       <c r="C12" s="6">
-        <v>1.55</v>
+        <v>1.52</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="5">
-        <v>42735</v>
+        <v>43100</v>
       </c>
       <c r="B13" s="6">
-        <v>2.56</v>
+        <v>3.82</v>
       </c>
       <c r="C13" s="6">
-        <v>1.73</v>
+        <v>1.55</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="5">
-        <v>42369</v>
+        <v>42735</v>
       </c>
       <c r="B14" s="6">
-        <v>3.59</v>
+        <v>2.56</v>
       </c>
       <c r="C14" s="6">
-        <v>1.7</v>
+        <v>1.73</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="5">
-        <v>42004</v>
+        <v>42369</v>
       </c>
       <c r="B15" s="6">
-        <v>3.31</v>
+        <v>3.59</v>
       </c>
       <c r="C15" s="6">
-        <v>1.92</v>
+        <v>1.7</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="5">
-        <v>41639</v>
+        <v>42004</v>
       </c>
       <c r="B16" s="6">
-        <v>6.0099999999999998</v>
+        <v>3.31</v>
       </c>
       <c r="C16" s="6">
-        <v>1.96</v>
+        <v>1.92</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="5">
-        <v>41274</v>
+        <v>41639</v>
       </c>
       <c r="B17" s="6">
-        <v>7.37</v>
+        <v>6.0099999999999998</v>
       </c>
       <c r="C17" s="6">
-        <v>1.84</v>
+        <v>1.96</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="5">
-        <v>40908</v>
+        <v>41274</v>
       </c>
       <c r="B18" s="6">
-        <v>4.4</v>
+        <v>7.37</v>
       </c>
       <c r="C18" s="6">
-        <v>1.94</v>
+        <v>1.84</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="5">
-        <v>40543</v>
+        <v>40908</v>
       </c>
       <c r="B19" s="6">
-        <v>3.28</v>
+        <v>4.4</v>
       </c>
       <c r="C19" s="6">
-        <v>1.81</v>
+        <v>1.94</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="5">
-        <v>40178</v>
+        <v>40543</v>
       </c>
       <c r="B20" s="6">
-        <v>4.55</v>
+        <v>3.28</v>
       </c>
       <c r="C20" s="6">
-        <v>1.78</v>
+        <v>1.81</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="5">
-        <v>39813</v>
+        <v>40178</v>
       </c>
       <c r="B21" s="6">
-        <v>6.23</v>
+        <v>4.55</v>
       </c>
       <c r="C21" s="6">
-        <v>1.44</v>
+        <v>1.78</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="5">
-        <v>39447</v>
+        <v>39813</v>
       </c>
       <c r="B22" s="6">
-        <v>2.81</v>
+        <v>6.23</v>
       </c>
       <c r="C22" s="6">
-        <v>1.53</v>
+        <v>1.44</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="5">
-        <v>39082</v>
+        <v>39447</v>
       </c>
       <c r="B23" s="6">
-        <v>10.44</v>
+        <v>2.81</v>
       </c>
       <c r="C23" s="6">
-        <v>1.39</v>
+        <v>1.53</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="5">
+        <v>39082</v>
+      </c>
+      <c r="B24" s="6">
+        <v>10.44</v>
+      </c>
+      <c r="C24" s="6">
+        <v>1.39</v>
+      </c>
+    </row>
+    <row r="25" spans="1:3">
+      <c r="A25" s="5">
         <v>38717</v>
       </c>
-      <c r="B24" s="6">
+      <c r="B25" s="6">
         <v>8.46</v>
       </c>
-      <c r="C24" s="6">
+      <c r="C25" s="6">
         <v>1.63</v>
       </c>
     </row>
-    <row r="25" spans="1:3">
-      <c r="A25" s="8" t="s">
+    <row r="26" spans="1:3">
+      <c r="A26" s="8" t="s">
         <v>7</v>
       </c>
-      <c r="B25" s="8"/>
-      <c r="C25" s="8"/>
+      <c r="B26" s="8"/>
+      <c r="C26" s="8"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="4" baseType="lpstr">