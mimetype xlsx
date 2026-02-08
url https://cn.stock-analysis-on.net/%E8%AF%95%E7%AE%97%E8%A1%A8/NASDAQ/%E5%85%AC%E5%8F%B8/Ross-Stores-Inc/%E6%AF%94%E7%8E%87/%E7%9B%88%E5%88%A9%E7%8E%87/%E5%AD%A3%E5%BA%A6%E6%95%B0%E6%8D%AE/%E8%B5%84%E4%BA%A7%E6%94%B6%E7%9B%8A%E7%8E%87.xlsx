--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -900,60 +900,60 @@
       <c r="A13" s="12" t="s">
         <v>10</v>
       </c>
       <c r="B13" s="13">
         <v>0.0412</v>
       </c>
       <c r="C13" s="13">
         <v>0.0274</v>
       </c>
       <c r="D13" s="13">
         <v>0.0092</v>
       </c>
       <c r="E13" s="13">
         <v>-0.0059</v>
       </c>
       <c r="F13" s="13">
         <v>0.0264</v>
       </c>
       <c r="G13" s="13">
         <v>0.0277</v>
       </c>
       <c r="H13" s="13">
         <v>0.0521</v>
       </c>
       <c r="I13" s="13">
-        <v>0.0793</v>
+        <v>0.0</v>
       </c>
       <c r="J13" s="13">
-        <v>0.0687</v>
+        <v>0.0</v>
       </c>
       <c r="K13" s="13">
-        <v>0.0817</v>
+        <v>0.0</v>
       </c>
       <c r="L13" s="13">
-        <v>0.0833</v>
+        <v>0.0</v>
       </c>
       <c r="M13" s="13">
         <v>0.0</v>
       </c>
       <c r="N13" s="13">
         <v>0.0</v>
       </c>
       <c r="O13" s="13">
         <v>0.0</v>
       </c>
       <c r="P13" s="13">
         <v>0.0</v>
       </c>
       <c r="Q13" s="13">
         <v>0.0</v>
       </c>
       <c r="R13" s="13">
         <v>0.0</v>
       </c>
       <c r="S13" s="13">
         <v>0.0</v>
       </c>
       <c r="T13" s="13">
         <v>0.0</v>
       </c>