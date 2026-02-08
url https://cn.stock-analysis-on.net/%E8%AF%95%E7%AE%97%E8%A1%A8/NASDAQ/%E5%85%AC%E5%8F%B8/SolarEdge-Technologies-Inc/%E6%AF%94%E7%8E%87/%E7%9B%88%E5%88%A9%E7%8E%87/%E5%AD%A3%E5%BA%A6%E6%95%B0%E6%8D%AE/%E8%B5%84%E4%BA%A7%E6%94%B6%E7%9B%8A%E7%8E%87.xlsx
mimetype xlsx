--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1358,60 +1358,60 @@
       </c>
       <c r="P22" s="13">
         <v>0.0</v>
       </c>
       <c r="Q22" s="13">
         <v>0.0</v>
       </c>
     </row>
     <row r="23" spans="1:17">
       <c r="A23" s="12" t="s">
         <v>20</v>
       </c>
       <c r="B23" s="13">
         <v>0.3216</v>
       </c>
       <c r="C23" s="13">
         <v>0.3425</v>
       </c>
       <c r="D23" s="13">
         <v>0.3469</v>
       </c>
       <c r="E23" s="13">
         <v>0.3251</v>
       </c>
       <c r="F23" s="13">
-        <v>0.3148</v>
+        <v>0.0</v>
       </c>
       <c r="G23" s="13">
-        <v>0.3145</v>
+        <v>0.0</v>
       </c>
       <c r="H23" s="13">
-        <v>0.3264</v>
+        <v>0.0</v>
       </c>
       <c r="I23" s="13">
-        <v>0.3144</v>
+        <v>0.0</v>
       </c>
       <c r="J23" s="13">
         <v>0.0</v>
       </c>
       <c r="K23" s="13">
         <v>0.0</v>
       </c>
       <c r="L23" s="13">
         <v>0.0</v>
       </c>
       <c r="M23" s="13">
         <v>0.0</v>
       </c>
       <c r="N23" s="13">
         <v>0.0</v>
       </c>
       <c r="O23" s="13">
         <v>0.0</v>
       </c>
       <c r="P23" s="13">
         <v>0.0</v>
       </c>
       <c r="Q23" s="13">
         <v>0.0</v>
       </c>