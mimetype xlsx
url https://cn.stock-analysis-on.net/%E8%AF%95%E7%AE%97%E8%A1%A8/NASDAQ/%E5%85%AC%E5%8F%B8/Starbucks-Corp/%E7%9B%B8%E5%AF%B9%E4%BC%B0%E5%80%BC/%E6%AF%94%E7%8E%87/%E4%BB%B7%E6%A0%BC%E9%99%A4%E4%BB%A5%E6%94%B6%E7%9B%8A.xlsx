--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -773,66 +773,66 @@
       </c>
       <c r="B15" s="9">
         <v>0.0</v>
       </c>
       <c r="C15" s="9">
         <v>28.0</v>
       </c>
       <c r="D15" s="9">
         <v>31.09</v>
       </c>
       <c r="E15" s="9">
         <v>29.87</v>
       </c>
       <c r="F15" s="9">
         <v>86.68000000000001</v>
       </c>
       <c r="G15" s="9">
         <v>1696.44000000000005</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" s="13" t="s">
         <v>13</v>
       </c>
       <c r="B16" s="9">
-        <v>0.0</v>
+        <v>33.86</v>
       </c>
       <c r="C16" s="9">
         <v>50.81</v>
       </c>
       <c r="D16" s="9">
         <v>58.48</v>
       </c>
       <c r="E16" s="9">
         <v>49.37</v>
       </c>
       <c r="F16" s="9">
         <v>67.030000000000001</v>
       </c>
       <c r="G16" s="9">
-        <v>122.18000000000001</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" s="13" t="s">
         <v>14</v>
       </c>
       <c r="B17" s="9">
         <v>0.0</v>
       </c>
       <c r="C17" s="9">
         <v>728.77999999999997</v>
       </c>
       <c r="D17" s="9">
         <v>0.0</v>
       </c>
       <c r="E17" s="9">
         <v>0.0</v>
       </c>
       <c r="F17" s="9">
         <v>0.0</v>
       </c>
       <c r="G17" s="9">
         <v>0.0</v>
       </c>
     </row>