--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -536,1037 +536,920 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:X26"/>
+  <dimension ref="A1:U26"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="X26" sqref="X26"/>
+      <selection activeCell="U26" sqref="U26"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:24">
+    <row r="1" spans="1:21">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="2" spans="1:24">
+    <row r="2" spans="1:21">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="3" spans="1:24">
+    <row r="3" spans="1:21">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="5" spans="1:24">
+    <row r="5" spans="1:21">
       <c r="A5" s="4"/>
       <c r="B5" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C5" s="5">
         <v>45930</v>
       </c>
-      <c r="C5" s="5">
+      <c r="D5" s="5">
         <v>45838</v>
       </c>
-      <c r="D5" s="5">
+      <c r="E5" s="5">
         <v>45747</v>
       </c>
-      <c r="E5" s="5">
+      <c r="F5" s="5">
         <v>45657</v>
       </c>
-      <c r="F5" s="5">
+      <c r="G5" s="5">
         <v>45565</v>
       </c>
-      <c r="G5" s="5">
+      <c r="H5" s="5">
         <v>45473</v>
       </c>
-      <c r="H5" s="5">
+      <c r="I5" s="5">
         <v>45382</v>
       </c>
-      <c r="I5" s="5">
+      <c r="J5" s="5">
         <v>45291</v>
       </c>
-      <c r="J5" s="5">
+      <c r="K5" s="5">
         <v>45199</v>
       </c>
-      <c r="K5" s="5">
+      <c r="L5" s="5">
         <v>45107</v>
       </c>
-      <c r="L5" s="5">
+      <c r="M5" s="5">
         <v>45016</v>
       </c>
-      <c r="M5" s="5">
+      <c r="N5" s="5">
         <v>44926</v>
       </c>
-      <c r="N5" s="5">
+      <c r="O5" s="5">
         <v>44834</v>
       </c>
-      <c r="O5" s="5">
+      <c r="P5" s="5">
         <v>44742</v>
       </c>
-      <c r="P5" s="5">
+      <c r="Q5" s="5">
         <v>44651</v>
       </c>
-      <c r="Q5" s="5">
+      <c r="R5" s="5">
         <v>44561</v>
       </c>
-      <c r="R5" s="5">
+      <c r="S5" s="5">
         <v>44469</v>
       </c>
-      <c r="S5" s="5">
+      <c r="T5" s="5">
         <v>44377</v>
       </c>
-      <c r="T5" s="5">
+      <c r="U5" s="5">
         <v>44286</v>
       </c>
-      <c r="U5" s="5">
-[...12 lines deleted...]
-    <row r="6" spans="1:24">
+    </row>
+    <row r="6" spans="1:21">
       <c r="A6" s="6" t="s">
         <v>3</v>
       </c>
       <c r="B6" s="7">
+        <v>0.0145</v>
+      </c>
+      <c r="C6" s="7">
         <v>0.0143</v>
       </c>
-      <c r="C6" s="7">
-[...1 lines deleted...]
-      </c>
       <c r="D6" s="7">
         <v>0.0</v>
       </c>
       <c r="E6" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="F6" s="7">
         <v>0.0211</v>
       </c>
-      <c r="F6" s="7">
+      <c r="G6" s="7">
         <v>0.0297</v>
       </c>
-      <c r="G6" s="7">
+      <c r="H6" s="7">
         <v>0.0299</v>
       </c>
-      <c r="H6" s="7">
+      <c r="I6" s="7">
         <v>0.0387</v>
       </c>
-      <c r="I6" s="7">
+      <c r="J6" s="7">
         <v>0.0185</v>
       </c>
-      <c r="J6" s="7">
+      <c r="K6" s="7">
         <v>0.0095</v>
       </c>
-      <c r="K6" s="7">
+      <c r="L6" s="7">
         <v>0.0097</v>
       </c>
-      <c r="L6" s="7">
+      <c r="M6" s="7">
         <v>0.0171</v>
       </c>
-      <c r="M6" s="7">
+      <c r="N6" s="7">
         <v>0.0184</v>
       </c>
-      <c r="N6" s="7">
+      <c r="O6" s="7">
         <v>0.0192</v>
       </c>
-      <c r="O6" s="7">
+      <c r="P6" s="7">
         <v>0.0202</v>
       </c>
-      <c r="P6" s="7">
+      <c r="Q6" s="7">
         <v>0.0198</v>
       </c>
-      <c r="Q6" s="7">
+      <c r="R6" s="7">
         <v>0.0203</v>
       </c>
-      <c r="R6" s="7">
+      <c r="S6" s="7">
         <v>0.0215</v>
       </c>
-      <c r="S6" s="7">
+      <c r="T6" s="7">
         <v>0.0242</v>
       </c>
-      <c r="T6" s="7">
-[...1 lines deleted...]
-      </c>
       <c r="U6" s="7">
-        <v>0.0284</v>
-[...11 lines deleted...]
-    <row r="7" spans="1:24">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="7" spans="1:21">
       <c r="A7" s="6" t="s">
         <v>4</v>
       </c>
       <c r="B7" s="7">
+        <v>0.0219</v>
+      </c>
+      <c r="C7" s="7">
         <v>0.0223</v>
       </c>
-      <c r="C7" s="7">
+      <c r="D7" s="7">
         <v>0.0252</v>
       </c>
-      <c r="D7" s="7">
+      <c r="E7" s="7">
         <v>0.0257</v>
       </c>
-      <c r="E7" s="7">
+      <c r="F7" s="7">
         <v>0.0231</v>
       </c>
-      <c r="F7" s="7">
+      <c r="G7" s="7">
         <v>0.0225</v>
       </c>
-      <c r="G7" s="7">
+      <c r="H7" s="7">
         <v>0.0245</v>
       </c>
-      <c r="H7" s="7">
+      <c r="I7" s="7">
         <v>0.0158</v>
       </c>
-      <c r="I7" s="7">
+      <c r="J7" s="7">
         <v>0.0248</v>
       </c>
-      <c r="J7" s="7">
+      <c r="K7" s="7">
         <v>0.0225</v>
       </c>
-      <c r="K7" s="7">
+      <c r="L7" s="7">
         <v>0.0298</v>
       </c>
-      <c r="L7" s="7">
+      <c r="M7" s="7">
         <v>0.0326</v>
       </c>
-      <c r="M7" s="7">
+      <c r="N7" s="7">
         <v>0.0313</v>
       </c>
-      <c r="N7" s="7">
+      <c r="O7" s="7">
         <v>0.0299</v>
       </c>
-      <c r="O7" s="7">
+      <c r="P7" s="7">
         <v>0.0288</v>
       </c>
-      <c r="P7" s="7">
+      <c r="Q7" s="7">
         <v>0.0254</v>
       </c>
-      <c r="Q7" s="7">
+      <c r="R7" s="7">
         <v>0.0265</v>
       </c>
-      <c r="R7" s="7">
+      <c r="S7" s="7">
         <v>0.0256</v>
       </c>
-      <c r="S7" s="7">
+      <c r="T7" s="7">
         <v>0.0285</v>
       </c>
-      <c r="T7" s="7">
+      <c r="U7" s="7">
         <v>0.0289</v>
       </c>
-      <c r="U7" s="7">
-[...12 lines deleted...]
-    <row r="8" spans="1:24">
+    </row>
+    <row r="8" spans="1:21">
       <c r="A8" s="6" t="s">
         <v>5</v>
       </c>
       <c r="B8" s="7">
+        <v>0.024</v>
+      </c>
+      <c r="C8" s="7">
         <v>0.0207</v>
       </c>
-      <c r="C8" s="7">
+      <c r="D8" s="7">
         <v>0.017</v>
       </c>
-      <c r="D8" s="7">
+      <c r="E8" s="7">
         <v>0.0124</v>
       </c>
-      <c r="E8" s="7">
+      <c r="F8" s="7">
         <v>0.0236</v>
       </c>
-      <c r="F8" s="7">
+      <c r="G8" s="7">
         <v>0.0204</v>
       </c>
-      <c r="G8" s="7">
+      <c r="H8" s="7">
         <v>0.0162</v>
       </c>
-      <c r="H8" s="7">
+      <c r="I8" s="7">
         <v>0.0114</v>
       </c>
-      <c r="I8" s="7">
+      <c r="J8" s="7">
         <v>0.0258</v>
       </c>
-      <c r="J8" s="7">
+      <c r="K8" s="7">
         <v>0.0223</v>
       </c>
-      <c r="K8" s="7">
+      <c r="L8" s="7">
         <v>0.0181</v>
       </c>
-      <c r="L8" s="7">
+      <c r="M8" s="7">
         <v>0.0135</v>
       </c>
-      <c r="M8" s="7">
+      <c r="N8" s="7">
         <v>0.0294</v>
       </c>
-      <c r="N8" s="7">
+      <c r="O8" s="7">
         <v>0.0254</v>
       </c>
-      <c r="O8" s="7">
+      <c r="P8" s="7">
         <v>0.021</v>
       </c>
-      <c r="P8" s="7">
+      <c r="Q8" s="7">
         <v>0.0153</v>
       </c>
-      <c r="Q8" s="7">
+      <c r="R8" s="7">
         <v>0.0314</v>
       </c>
-      <c r="R8" s="7">
+      <c r="S8" s="7">
         <v>0.0286</v>
       </c>
-      <c r="S8" s="7">
+      <c r="T8" s="7">
         <v>0.0258</v>
       </c>
-      <c r="T8" s="7">
+      <c r="U8" s="7">
         <v>0.0198</v>
       </c>
-      <c r="U8" s="7">
-[...12 lines deleted...]
-    <row r="9" spans="1:24">
+    </row>
+    <row r="9" spans="1:21">
       <c r="A9" s="6" t="s">
         <v>6</v>
       </c>
       <c r="B9" s="7">
+        <v>0.0019</v>
+      </c>
+      <c r="C9" s="7">
         <v>0.0023</v>
       </c>
-      <c r="C9" s="7">
+      <c r="D9" s="7">
         <v>0.0015</v>
       </c>
-      <c r="D9" s="7">
+      <c r="E9" s="7">
         <v>0.0084</v>
       </c>
-      <c r="E9" s="7">
+      <c r="F9" s="7">
         <v>0.0045</v>
       </c>
-      <c r="F9" s="7">
+      <c r="G9" s="7">
         <v>0.0031</v>
       </c>
-      <c r="G9" s="7">
+      <c r="H9" s="7">
         <v>0.0051</v>
       </c>
-      <c r="H9" s="7">
+      <c r="I9" s="7">
         <v>0.0108</v>
       </c>
-      <c r="I9" s="7">
+      <c r="J9" s="7">
         <v>0.0053</v>
       </c>
-      <c r="J9" s="7">
+      <c r="K9" s="7">
         <v>0.0034</v>
       </c>
-      <c r="K9" s="7">
+      <c r="L9" s="7">
         <v>0.0039</v>
       </c>
-      <c r="L9" s="7">
+      <c r="M9" s="7">
         <v>0.0127</v>
       </c>
-      <c r="M9" s="7">
+      <c r="N9" s="7">
         <v>0.0069</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.0047</v>
       </c>
       <c r="O9" s="7">
         <v>0.0047</v>
       </c>
       <c r="P9" s="7">
+        <v>0.0047</v>
+      </c>
+      <c r="Q9" s="7">
         <v>0.016</v>
       </c>
-      <c r="Q9" s="7">
+      <c r="R9" s="7">
         <v>0.0049</v>
       </c>
-      <c r="R9" s="7">
+      <c r="S9" s="7">
         <v>0.0043</v>
       </c>
-      <c r="S9" s="7">
+      <c r="T9" s="7">
         <v>0.0052</v>
       </c>
-      <c r="T9" s="7">
+      <c r="U9" s="7">
         <v>0.0142</v>
       </c>
-      <c r="U9" s="7">
-[...12 lines deleted...]
-    <row r="10" spans="1:24">
+    </row>
+    <row r="10" spans="1:21">
       <c r="A10" s="6" t="s">
         <v>7</v>
       </c>
       <c r="B10" s="7">
+        <v>0.0291</v>
+      </c>
+      <c r="C10" s="7">
         <v>0.0296</v>
       </c>
-      <c r="C10" s="7">
+      <c r="D10" s="7">
         <v>0.0276</v>
       </c>
-      <c r="D10" s="7">
+      <c r="E10" s="7">
         <v>0.0273</v>
       </c>
-      <c r="E10" s="7">
+      <c r="F10" s="7">
         <v>0.0303</v>
       </c>
-      <c r="F10" s="7">
+      <c r="G10" s="7">
         <v>0.0287</v>
       </c>
-      <c r="G10" s="7">
+      <c r="H10" s="7">
         <v>0.028</v>
       </c>
-      <c r="H10" s="7">
+      <c r="I10" s="7">
         <v>0.0251</v>
       </c>
-      <c r="I10" s="7">
+      <c r="J10" s="7">
         <v>0.0282</v>
       </c>
-      <c r="J10" s="7">
+      <c r="K10" s="7">
         <v>0.026</v>
       </c>
-      <c r="K10" s="7">
+      <c r="L10" s="7">
         <v>0.0261</v>
       </c>
-      <c r="L10" s="7">
+      <c r="M10" s="7">
         <v>0.0235</v>
       </c>
-      <c r="M10" s="7">
+      <c r="N10" s="7">
         <v>0.0237</v>
       </c>
-      <c r="N10" s="7">
+      <c r="O10" s="7">
         <v>0.0282</v>
       </c>
-      <c r="O10" s="7">
+      <c r="P10" s="7">
         <v>0.0289</v>
       </c>
-      <c r="P10" s="7">
+      <c r="Q10" s="7">
         <v>0.0236</v>
       </c>
-      <c r="Q10" s="7">
+      <c r="R10" s="7">
         <v>0.0211</v>
       </c>
-      <c r="R10" s="7">
+      <c r="S10" s="7">
         <v>0.0237</v>
       </c>
-      <c r="S10" s="7">
+      <c r="T10" s="7">
         <v>0.0232</v>
       </c>
-      <c r="T10" s="7">
+      <c r="U10" s="7">
         <v>0.0238</v>
       </c>
-      <c r="U10" s="7">
-[...12 lines deleted...]
-    <row r="11" spans="1:24">
+    </row>
+    <row r="11" spans="1:21">
       <c r="A11" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B11" s="9">
+        <v>0.0913</v>
+      </c>
+      <c r="C11" s="9">
         <v>0.0891</v>
       </c>
-      <c r="C11" s="9">
+      <c r="D11" s="9">
         <v>0.0713</v>
       </c>
-      <c r="D11" s="9">
+      <c r="E11" s="9">
         <v>0.0737</v>
       </c>
-      <c r="E11" s="9">
+      <c r="F11" s="9">
         <v>0.1026</v>
       </c>
-      <c r="F11" s="9">
+      <c r="G11" s="9">
         <v>0.1044</v>
       </c>
-      <c r="G11" s="9">
+      <c r="H11" s="9">
         <v>0.1038</v>
       </c>
-      <c r="H11" s="9">
+      <c r="I11" s="9">
         <v>0.1018</v>
       </c>
-      <c r="I11" s="9">
+      <c r="J11" s="9">
         <v>0.1026</v>
       </c>
-      <c r="J11" s="9">
+      <c r="K11" s="9">
         <v>0.0838</v>
       </c>
-      <c r="K11" s="9">
+      <c r="L11" s="9">
         <v>0.0876</v>
       </c>
-      <c r="L11" s="9">
+      <c r="M11" s="9">
         <v>0.0994</v>
       </c>
-      <c r="M11" s="9">
+      <c r="N11" s="9">
         <v>0.1097</v>
       </c>
-      <c r="N11" s="9">
+      <c r="O11" s="9">
         <v>0.1074</v>
       </c>
-      <c r="O11" s="9">
+      <c r="P11" s="9">
         <v>0.1035</v>
       </c>
-      <c r="P11" s="9">
+      <c r="Q11" s="9">
         <v>0.1</v>
       </c>
-      <c r="Q11" s="9">
+      <c r="R11" s="9">
         <v>0.1041</v>
       </c>
-      <c r="R11" s="9">
+      <c r="S11" s="9">
         <v>0.1037</v>
       </c>
-      <c r="S11" s="9">
+      <c r="T11" s="9">
         <v>0.1068</v>
       </c>
-      <c r="T11" s="9">
+      <c r="U11" s="9">
         <v>0.0866</v>
       </c>
-      <c r="U11" s="9">
-[...12 lines deleted...]
-    <row r="12" spans="1:24">
+    </row>
+    <row r="12" spans="1:21">
       <c r="A12" s="6" t="s">
         <v>9</v>
       </c>
       <c r="B12" s="7">
+        <v>0.3917</v>
+      </c>
+      <c r="C12" s="7">
         <v>0.387</v>
       </c>
-      <c r="C12" s="7">
+      <c r="D12" s="7">
         <v>0.402</v>
       </c>
-      <c r="D12" s="7">
+      <c r="E12" s="7">
         <v>0.3806</v>
       </c>
-      <c r="E12" s="7">
+      <c r="F12" s="7">
         <v>0.3618</v>
       </c>
-      <c r="F12" s="7">
+      <c r="G12" s="7">
         <v>0.3636</v>
       </c>
-      <c r="G12" s="7">
+      <c r="H12" s="7">
         <v>0.3664</v>
       </c>
-      <c r="H12" s="7">
+      <c r="I12" s="7">
         <v>0.3681</v>
       </c>
-      <c r="I12" s="7">
+      <c r="J12" s="7">
         <v>0.3284</v>
       </c>
-      <c r="J12" s="7">
+      <c r="K12" s="7">
         <v>0.3452</v>
       </c>
-      <c r="K12" s="7">
+      <c r="L12" s="7">
         <v>0.353</v>
       </c>
-      <c r="L12" s="7">
+      <c r="M12" s="7">
         <v>0.3294</v>
       </c>
-      <c r="M12" s="7">
+      <c r="N12" s="7">
         <v>0.3027</v>
       </c>
-      <c r="N12" s="7">
+      <c r="O12" s="7">
         <v>0.2855</v>
       </c>
-      <c r="O12" s="7">
+      <c r="P12" s="7">
         <v>0.2728</v>
       </c>
-      <c r="P12" s="7">
+      <c r="Q12" s="7">
         <v>0.2865</v>
       </c>
-      <c r="Q12" s="7">
+      <c r="R12" s="7">
         <v>0.2934</v>
       </c>
-      <c r="R12" s="7">
+      <c r="S12" s="7">
         <v>0.311</v>
       </c>
-      <c r="S12" s="7">
+      <c r="T12" s="7">
         <v>0.2792</v>
       </c>
-      <c r="T12" s="7">
+      <c r="U12" s="7">
         <v>0.3182</v>
       </c>
-      <c r="U12" s="7">
-[...12 lines deleted...]
-    <row r="13" spans="1:24">
+    </row>
+    <row r="13" spans="1:21">
       <c r="A13" s="6" t="s">
         <v>10</v>
       </c>
       <c r="B13" s="7">
         <v>0.0036</v>
       </c>
       <c r="C13" s="7">
+        <v>0.0036</v>
+      </c>
+      <c r="D13" s="7">
         <v>0.0035</v>
       </c>
-      <c r="D13" s="7">
+      <c r="E13" s="7">
         <v>0.0034</v>
       </c>
-      <c r="E13" s="7">
+      <c r="F13" s="7">
         <v>0.0031</v>
       </c>
-      <c r="F13" s="7">
+      <c r="G13" s="7">
         <v>0.0033</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.0032</v>
       </c>
       <c r="H13" s="7">
         <v>0.0032</v>
       </c>
       <c r="I13" s="7">
+        <v>0.0032</v>
+      </c>
+      <c r="J13" s="7">
         <v>0.0033</v>
       </c>
-      <c r="J13" s="7">
+      <c r="K13" s="7">
         <v>0.0045</v>
       </c>
-      <c r="K13" s="7">
+      <c r="L13" s="7">
         <v>0.0041</v>
       </c>
-      <c r="L13" s="7">
+      <c r="M13" s="7">
         <v>0.0042</v>
       </c>
-      <c r="M13" s="7">
+      <c r="N13" s="7">
         <v>0.0043</v>
       </c>
-      <c r="N13" s="7">
+      <c r="O13" s="7">
         <v>0.0026</v>
       </c>
-      <c r="O13" s="7">
+      <c r="P13" s="7">
         <v>0.0029</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.0032</v>
       </c>
       <c r="Q13" s="7">
         <v>0.0032</v>
       </c>
       <c r="R13" s="7">
+        <v>0.0032</v>
+      </c>
+      <c r="S13" s="7">
         <v>0.0055</v>
       </c>
-      <c r="S13" s="7">
+      <c r="T13" s="7">
         <v>0.0064</v>
       </c>
-      <c r="T13" s="7">
+      <c r="U13" s="7">
         <v>0.0066</v>
       </c>
-      <c r="U13" s="7">
-[...12 lines deleted...]
-    <row r="14" spans="1:24">
+    </row>
+    <row r="14" spans="1:21">
       <c r="A14" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B14" s="7">
+        <v>0.0019</v>
+      </c>
+      <c r="C14" s="7">
         <v>0.0017</v>
       </c>
-      <c r="C14" s="7">
+      <c r="D14" s="7">
         <v>0.0018</v>
       </c>
-      <c r="D14" s="7">
+      <c r="E14" s="7">
         <v>0.0017</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.0015</v>
       </c>
       <c r="F14" s="7">
         <v>0.0015</v>
       </c>
       <c r="G14" s="7">
-        <v>0.0016</v>
+        <v>0.0015</v>
       </c>
       <c r="H14" s="7">
         <v>0.0016</v>
       </c>
       <c r="I14" s="7">
+        <v>0.0016</v>
+      </c>
+      <c r="J14" s="7">
         <v>0.0019</v>
       </c>
-      <c r="J14" s="7">
+      <c r="K14" s="7">
         <v>0.0021</v>
       </c>
-      <c r="K14" s="7">
+      <c r="L14" s="7">
         <v>0.0022</v>
       </c>
-      <c r="L14" s="7">
+      <c r="M14" s="7">
         <v>0.0025</v>
       </c>
-      <c r="M14" s="7">
+      <c r="N14" s="7">
         <v>0.0024</v>
       </c>
-      <c r="N14" s="7">
+      <c r="O14" s="7">
         <v>0.0035</v>
       </c>
-      <c r="O14" s="7">
+      <c r="P14" s="7">
         <v>0.0036</v>
       </c>
-      <c r="P14" s="7">
+      <c r="Q14" s="7">
         <v>0.0037</v>
       </c>
-      <c r="Q14" s="7">
+      <c r="R14" s="7">
         <v>0.0035</v>
       </c>
-      <c r="R14" s="7">
+      <c r="S14" s="7">
         <v>0.0037</v>
       </c>
-      <c r="S14" s="7">
+      <c r="T14" s="7">
         <v>0.0042</v>
       </c>
-      <c r="T14" s="7">
+      <c r="U14" s="7">
         <v>0.0045</v>
       </c>
-      <c r="U14" s="7">
-[...12 lines deleted...]
-    <row r="15" spans="1:24">
+    </row>
+    <row r="15" spans="1:21">
       <c r="A15" s="6" t="s">
         <v>12</v>
       </c>
       <c r="B15" s="7">
+        <v>0.0409</v>
+      </c>
+      <c r="C15" s="7">
         <v>0.0437</v>
       </c>
-      <c r="C15" s="7">
+      <c r="D15" s="7">
         <v>0.0518</v>
       </c>
-      <c r="D15" s="7">
+      <c r="E15" s="7">
         <v>0.0546</v>
       </c>
-      <c r="E15" s="7">
+      <c r="F15" s="7">
         <v>0.055</v>
       </c>
-      <c r="F15" s="7">
+      <c r="G15" s="7">
         <v>0.0383</v>
       </c>
-      <c r="G15" s="7">
+      <c r="H15" s="7">
         <v>0.0339</v>
       </c>
-      <c r="H15" s="7">
+      <c r="I15" s="7">
         <v>0.0385</v>
       </c>
-      <c r="I15" s="7">
+      <c r="J15" s="7">
         <v>0.0413</v>
       </c>
-      <c r="J15" s="7">
+      <c r="K15" s="7">
         <v>0.0388</v>
       </c>
-      <c r="K15" s="7">
+      <c r="L15" s="7">
         <v>0.0379</v>
       </c>
-      <c r="L15" s="7">
+      <c r="M15" s="7">
         <v>0.0428</v>
       </c>
-      <c r="M15" s="7">
+      <c r="N15" s="7">
         <v>0.0451</v>
       </c>
-      <c r="N15" s="7">
+      <c r="O15" s="7">
         <v>0.0442</v>
       </c>
-      <c r="O15" s="7">
+      <c r="P15" s="7">
         <v>0.0471</v>
       </c>
-      <c r="P15" s="7">
+      <c r="Q15" s="7">
         <v>0.052</v>
       </c>
-      <c r="Q15" s="7">
+      <c r="R15" s="7">
         <v>0.0554</v>
       </c>
-      <c r="R15" s="7">
+      <c r="S15" s="7">
         <v>0.0539</v>
       </c>
-      <c r="S15" s="7">
+      <c r="T15" s="7">
         <v>0.0621</v>
       </c>
-      <c r="T15" s="7">
+      <c r="U15" s="7">
         <v>0.0664</v>
       </c>
-      <c r="U15" s="7">
-[...12 lines deleted...]
-    <row r="16" spans="1:24">
+    </row>
+    <row r="16" spans="1:21">
       <c r="A16" s="8" t="s">
         <v>13</v>
       </c>
       <c r="B16" s="9">
+        <v>0.4381</v>
+      </c>
+      <c r="C16" s="9">
         <v>0.4359</v>
       </c>
-      <c r="C16" s="9">
+      <c r="D16" s="9">
         <v>0.4591</v>
       </c>
-      <c r="D16" s="9">
+      <c r="E16" s="9">
         <v>0.4403</v>
       </c>
-      <c r="E16" s="9">
+      <c r="F16" s="9">
         <v>0.4214</v>
       </c>
-      <c r="F16" s="9">
+      <c r="G16" s="9">
         <v>0.4068</v>
       </c>
-      <c r="G16" s="9">
+      <c r="H16" s="9">
         <v>0.4051</v>
       </c>
-      <c r="H16" s="9">
+      <c r="I16" s="9">
         <v>0.4113</v>
       </c>
-      <c r="I16" s="9">
+      <c r="J16" s="9">
         <v>0.375</v>
       </c>
-      <c r="J16" s="9">
+      <c r="K16" s="9">
         <v>0.3905</v>
       </c>
-      <c r="K16" s="9">
+      <c r="L16" s="9">
         <v>0.3972</v>
       </c>
-      <c r="L16" s="9">
+      <c r="M16" s="9">
         <v>0.379</v>
       </c>
-      <c r="M16" s="9">
+      <c r="N16" s="9">
         <v>0.3545</v>
       </c>
-      <c r="N16" s="9">
+      <c r="O16" s="9">
         <v>0.3359</v>
       </c>
-      <c r="O16" s="9">
+      <c r="P16" s="9">
         <v>0.3265</v>
       </c>
-      <c r="P16" s="9">
+      <c r="Q16" s="9">
         <v>0.3454</v>
       </c>
-      <c r="Q16" s="9">
+      <c r="R16" s="9">
         <v>0.3556</v>
       </c>
-      <c r="R16" s="9">
+      <c r="S16" s="9">
         <v>0.3742</v>
       </c>
-      <c r="S16" s="9">
+      <c r="T16" s="9">
         <v>0.3518</v>
       </c>
-      <c r="T16" s="9">
+      <c r="U16" s="9">
         <v>0.3958</v>
       </c>
-      <c r="U16" s="9">
-[...12 lines deleted...]
-    <row r="17" spans="1:24">
+    </row>
+    <row r="17" spans="1:21">
       <c r="A17" s="10" t="s">
         <v>14</v>
       </c>
       <c r="B17" s="9">
+        <v>0.5295</v>
+      </c>
+      <c r="C17" s="9">
         <v>0.525</v>
       </c>
-      <c r="C17" s="9">
+      <c r="D17" s="9">
         <v>0.5304</v>
       </c>
-      <c r="D17" s="9">
+      <c r="E17" s="9">
         <v>0.514</v>
       </c>
-      <c r="E17" s="9">
+      <c r="F17" s="9">
         <v>0.524</v>
       </c>
-      <c r="F17" s="9">
+      <c r="G17" s="9">
         <v>0.5111</v>
       </c>
-      <c r="G17" s="9">
+      <c r="H17" s="9">
         <v>0.5088</v>
       </c>
-      <c r="H17" s="9">
+      <c r="I17" s="9">
         <v>0.5132</v>
       </c>
-      <c r="I17" s="9">
+      <c r="J17" s="9">
         <v>0.4776</v>
       </c>
-      <c r="J17" s="9">
+      <c r="K17" s="9">
         <v>0.4743</v>
       </c>
-      <c r="K17" s="9">
+      <c r="L17" s="9">
         <v>0.4848</v>
       </c>
-      <c r="L17" s="9">
+      <c r="M17" s="9">
         <v>0.4783</v>
       </c>
-      <c r="M17" s="9">
+      <c r="N17" s="9">
         <v>0.4642</v>
       </c>
-      <c r="N17" s="9">
+      <c r="O17" s="9">
         <v>0.4433</v>
       </c>
-      <c r="O17" s="9">
+      <c r="P17" s="9">
         <v>0.43</v>
       </c>
-      <c r="P17" s="9">
+      <c r="Q17" s="9">
         <v>0.4454</v>
       </c>
-      <c r="Q17" s="9">
+      <c r="R17" s="9">
         <v>0.4597</v>
       </c>
-      <c r="R17" s="9">
+      <c r="S17" s="9">
         <v>0.4779</v>
       </c>
-      <c r="S17" s="9">
+      <c r="T17" s="9">
         <v>0.4587</v>
       </c>
-      <c r="T17" s="9">
+      <c r="U17" s="9">
         <v>0.4824</v>
       </c>
-      <c r="U17" s="9">
-[...12 lines deleted...]
-    <row r="18" spans="1:24">
+    </row>
+    <row r="18" spans="1:21">
       <c r="A18" s="6" t="s">
         <v>15</v>
       </c>
       <c r="B18" s="7">
         <v>0.0</v>
       </c>
       <c r="C18" s="7">
         <v>0.0</v>
       </c>
       <c r="D18" s="7">
         <v>0.0</v>
       </c>
       <c r="E18" s="7">
         <v>0.0</v>
       </c>
       <c r="F18" s="7">
         <v>0.0</v>
       </c>
       <c r="G18" s="7">
         <v>0.0</v>
       </c>
       <c r="H18" s="7">
         <v>0.0</v>
       </c>
       <c r="I18" s="7">
@@ -1586,505 +1469,442 @@
       </c>
       <c r="N18" s="7">
         <v>0.0</v>
       </c>
       <c r="O18" s="7">
         <v>0.0</v>
       </c>
       <c r="P18" s="7">
         <v>0.0</v>
       </c>
       <c r="Q18" s="7">
         <v>0.0</v>
       </c>
       <c r="R18" s="7">
         <v>0.0</v>
       </c>
       <c r="S18" s="7">
         <v>0.0</v>
       </c>
       <c r="T18" s="7">
         <v>0.0</v>
       </c>
       <c r="U18" s="7">
         <v>0.0</v>
       </c>
-      <c r="V18" s="7">
-[...9 lines deleted...]
-    <row r="19" spans="1:24">
+    </row>
+    <row r="19" spans="1:21">
       <c r="A19" s="6" t="s">
         <v>16</v>
       </c>
       <c r="B19" s="7">
+        <v>0.0503</v>
+      </c>
+      <c r="C19" s="7">
         <v>0.0497</v>
       </c>
-      <c r="C19" s="7">
+      <c r="D19" s="7">
         <v>0.0498</v>
       </c>
-      <c r="D19" s="7">
+      <c r="E19" s="7">
         <v>0.0516</v>
       </c>
-      <c r="E19" s="7">
+      <c r="F19" s="7">
         <v>0.049</v>
       </c>
-      <c r="F19" s="7">
+      <c r="G19" s="7">
         <v>0.0493</v>
       </c>
-      <c r="G19" s="7">
+      <c r="H19" s="7">
         <v>0.0497</v>
       </c>
-      <c r="H19" s="7">
+      <c r="I19" s="7">
         <v>0.0499</v>
       </c>
-      <c r="I19" s="7">
+      <c r="J19" s="7">
         <v>0.0538</v>
       </c>
-      <c r="J19" s="7">
+      <c r="K19" s="7">
         <v>0.055</v>
       </c>
-      <c r="K19" s="7">
+      <c r="L19" s="7">
         <v>0.0563</v>
       </c>
-      <c r="L19" s="7">
+      <c r="M19" s="7">
         <v>0.0596</v>
       </c>
-      <c r="M19" s="7">
+      <c r="N19" s="7">
         <v>0.064</v>
       </c>
-      <c r="N19" s="7">
+      <c r="O19" s="7">
         <v>0.0668</v>
       </c>
-      <c r="O19" s="7">
+      <c r="P19" s="7">
         <v>0.0704</v>
       </c>
-      <c r="P19" s="7">
+      <c r="Q19" s="7">
         <v>0.0689</v>
       </c>
-      <c r="Q19" s="7">
+      <c r="R19" s="7">
         <v>0.0706</v>
       </c>
-      <c r="R19" s="7">
+      <c r="S19" s="7">
         <v>0.0748</v>
       </c>
-      <c r="S19" s="7">
+      <c r="T19" s="7">
         <v>0.0845</v>
       </c>
-      <c r="T19" s="7">
+      <c r="U19" s="7">
         <v>0.0887</v>
       </c>
-      <c r="U19" s="7">
-[...12 lines deleted...]
-    <row r="20" spans="1:24">
+    </row>
+    <row r="20" spans="1:21">
       <c r="A20" s="6" t="s">
         <v>17</v>
       </c>
       <c r="B20" s="7">
+        <v>0.1304</v>
+      </c>
+      <c r="C20" s="7">
         <v>0.126</v>
       </c>
-      <c r="C20" s="7">
+      <c r="D20" s="7">
         <v>0.1215</v>
       </c>
-      <c r="D20" s="7">
+      <c r="E20" s="7">
         <v>0.1202</v>
       </c>
-      <c r="E20" s="7">
+      <c r="F20" s="7">
         <v>0.1108</v>
       </c>
-      <c r="F20" s="7">
+      <c r="G20" s="7">
         <v>0.108</v>
       </c>
-      <c r="G20" s="7">
+      <c r="H20" s="7">
         <v>0.1046</v>
       </c>
-      <c r="H20" s="7">
+      <c r="I20" s="7">
         <v>0.0986</v>
       </c>
-      <c r="I20" s="7">
+      <c r="J20" s="7">
         <v>0.1039</v>
       </c>
-      <c r="J20" s="7">
+      <c r="K20" s="7">
         <v>0.1037</v>
       </c>
-      <c r="K20" s="7">
+      <c r="L20" s="7">
         <v>0.1022</v>
       </c>
-      <c r="L20" s="7">
+      <c r="M20" s="7">
         <v>0.1032</v>
       </c>
-      <c r="M20" s="7">
+      <c r="N20" s="7">
         <v>0.1085</v>
       </c>
-      <c r="N20" s="7">
+      <c r="O20" s="7">
         <v>0.1104</v>
       </c>
-      <c r="O20" s="7">
+      <c r="P20" s="7">
         <v>0.1126</v>
       </c>
-      <c r="P20" s="7">
+      <c r="Q20" s="7">
         <v>0.1055</v>
       </c>
-      <c r="Q20" s="7">
+      <c r="R20" s="7">
         <v>0.1066</v>
       </c>
-      <c r="R20" s="7">
+      <c r="S20" s="7">
         <v>0.1101</v>
       </c>
-      <c r="S20" s="7">
+      <c r="T20" s="7">
         <v>0.1206</v>
       </c>
-      <c r="T20" s="7">
+      <c r="U20" s="7">
         <v>0.1217</v>
       </c>
-      <c r="U20" s="7">
-[...12 lines deleted...]
-    <row r="21" spans="1:24">
+    </row>
+    <row r="21" spans="1:21">
       <c r="A21" s="6" t="s">
         <v>18</v>
       </c>
       <c r="B21" s="7">
+        <v>1.5104</v>
+      </c>
+      <c r="C21" s="7">
         <v>1.4961</v>
       </c>
-      <c r="C21" s="7">
+      <c r="D21" s="7">
         <v>1.4957</v>
       </c>
-      <c r="D21" s="7">
+      <c r="E21" s="7">
         <v>1.5462</v>
       </c>
-      <c r="E21" s="7">
+      <c r="F21" s="7">
         <v>1.4718</v>
       </c>
-      <c r="F21" s="7">
+      <c r="G21" s="7">
         <v>1.4808</v>
       </c>
-      <c r="G21" s="7">
+      <c r="H21" s="7">
         <v>1.4875</v>
       </c>
-      <c r="H21" s="7">
+      <c r="I21" s="7">
         <v>1.4963</v>
       </c>
-      <c r="I21" s="7">
+      <c r="J21" s="7">
         <v>1.6163</v>
       </c>
-      <c r="J21" s="7">
+      <c r="K21" s="7">
         <v>1.6467</v>
       </c>
-      <c r="K21" s="7">
+      <c r="L21" s="7">
         <v>1.6653</v>
       </c>
-      <c r="L21" s="7">
+      <c r="M21" s="7">
         <v>1.743</v>
       </c>
-      <c r="M21" s="7">
+      <c r="N21" s="7">
         <v>1.8507</v>
       </c>
-      <c r="N21" s="7">
+      <c r="O21" s="7">
         <v>1.9004</v>
       </c>
-      <c r="O21" s="7">
+      <c r="P21" s="7">
         <v>1.9528</v>
       </c>
-      <c r="P21" s="7">
+      <c r="Q21" s="7">
         <v>1.8616</v>
       </c>
-      <c r="Q21" s="7">
+      <c r="R21" s="7">
         <v>1.8609</v>
       </c>
-      <c r="R21" s="7">
+      <c r="S21" s="7">
         <v>1.927</v>
       </c>
-      <c r="S21" s="7">
+      <c r="T21" s="7">
         <v>2.1281</v>
       </c>
-      <c r="T21" s="7">
+      <c r="U21" s="7">
         <v>2.1824</v>
       </c>
-      <c r="U21" s="7">
-[...12 lines deleted...]
-    <row r="22" spans="1:24">
+    </row>
+    <row r="22" spans="1:21">
       <c r="A22" s="6" t="s">
         <v>19</v>
       </c>
       <c r="B22" s="7">
+        <v>-1.2182</v>
+      </c>
+      <c r="C22" s="7">
         <v>-1.1925</v>
       </c>
-      <c r="C22" s="7">
+      <c r="D22" s="7">
         <v>-1.193</v>
       </c>
-      <c r="D22" s="7">
+      <c r="E22" s="7">
         <v>-1.2277</v>
       </c>
-      <c r="E22" s="7">
+      <c r="F22" s="7">
         <v>-1.1517</v>
       </c>
-      <c r="F22" s="7">
+      <c r="G22" s="7">
         <v>-1.1437</v>
       </c>
-      <c r="G22" s="7">
+      <c r="H22" s="7">
         <v>-1.1449</v>
       </c>
-      <c r="H22" s="7">
+      <c r="I22" s="7">
         <v>-1.1522</v>
       </c>
-      <c r="I22" s="7">
+      <c r="J22" s="7">
         <v>-1.2453</v>
       </c>
-      <c r="J22" s="7">
+      <c r="K22" s="7">
         <v>-1.2723</v>
       </c>
-      <c r="K22" s="7">
+      <c r="L22" s="7">
         <v>-1.3006</v>
       </c>
-      <c r="L22" s="7">
+      <c r="M22" s="7">
         <v>-1.3755</v>
       </c>
-      <c r="M22" s="7">
+      <c r="N22" s="7">
         <v>-1.4781</v>
       </c>
-      <c r="N22" s="7">
+      <c r="O22" s="7">
         <v>-1.515</v>
       </c>
-      <c r="O22" s="7">
+      <c r="P22" s="7">
         <v>-1.5585</v>
       </c>
-      <c r="P22" s="7">
+      <c r="Q22" s="7">
         <v>-1.4754</v>
       </c>
-      <c r="Q22" s="7">
+      <c r="R22" s="7">
         <v>-1.4913</v>
       </c>
-      <c r="R22" s="7">
+      <c r="S22" s="7">
         <v>-1.5764</v>
       </c>
-      <c r="S22" s="7">
+      <c r="T22" s="7">
         <v>-1.7762</v>
       </c>
-      <c r="T22" s="7">
+      <c r="U22" s="7">
         <v>-1.8575</v>
       </c>
-      <c r="U22" s="7">
-[...12 lines deleted...]
-    <row r="23" spans="1:24">
+    </row>
+    <row r="23" spans="1:21">
       <c r="A23" s="6" t="s">
         <v>20</v>
       </c>
       <c r="B23" s="7">
+        <v>-0.0025</v>
+      </c>
+      <c r="C23" s="7">
         <v>-0.0043</v>
       </c>
-      <c r="C23" s="7">
+      <c r="D23" s="7">
         <v>-0.0045</v>
       </c>
-      <c r="D23" s="7">
+      <c r="E23" s="7">
         <v>-0.0044</v>
       </c>
-      <c r="E23" s="7">
+      <c r="F23" s="7">
         <v>-0.0039</v>
       </c>
-      <c r="F23" s="7">
+      <c r="G23" s="7">
         <v>-0.0055</v>
       </c>
-      <c r="G23" s="7">
+      <c r="H23" s="7">
         <v>-0.0057</v>
       </c>
-      <c r="H23" s="7">
+      <c r="I23" s="7">
         <v>-0.0058</v>
       </c>
-      <c r="I23" s="7">
+      <c r="J23" s="7">
         <v>-0.0063</v>
       </c>
-      <c r="J23" s="7">
+      <c r="K23" s="7">
         <v>-0.0074</v>
       </c>
-      <c r="K23" s="7">
+      <c r="L23" s="7">
         <v>-0.008</v>
       </c>
-      <c r="L23" s="7">
+      <c r="M23" s="7">
         <v>-0.0086</v>
       </c>
-      <c r="M23" s="7">
+      <c r="N23" s="7">
         <v>-0.0093</v>
       </c>
-      <c r="N23" s="7">
+      <c r="O23" s="7">
         <v>-0.0059</v>
       </c>
-      <c r="O23" s="7">
+      <c r="P23" s="7">
         <v>-0.0073</v>
       </c>
-      <c r="P23" s="7">
+      <c r="Q23" s="7">
         <v>-0.0061</v>
       </c>
-      <c r="Q23" s="7">
+      <c r="R23" s="7">
         <v>-0.0064</v>
       </c>
-      <c r="R23" s="7">
+      <c r="S23" s="7">
         <v>-0.0134</v>
       </c>
-      <c r="S23" s="7">
+      <c r="T23" s="7">
         <v>-0.0157</v>
       </c>
-      <c r="T23" s="7">
+      <c r="U23" s="7">
         <v>-0.0177</v>
       </c>
-      <c r="U23" s="7">
-[...12 lines deleted...]
-    <row r="24" spans="1:24">
+    </row>
+    <row r="24" spans="1:21">
       <c r="A24" s="10" t="s">
         <v>21</v>
       </c>
       <c r="B24" s="9">
+        <v>0.4705</v>
+      </c>
+      <c r="C24" s="9">
         <v>0.475</v>
       </c>
-      <c r="C24" s="9">
+      <c r="D24" s="9">
         <v>0.4696</v>
       </c>
-      <c r="D24" s="9">
+      <c r="E24" s="9">
         <v>0.486</v>
       </c>
-      <c r="E24" s="9">
+      <c r="F24" s="9">
         <v>0.476</v>
       </c>
-      <c r="F24" s="9">
+      <c r="G24" s="9">
         <v>0.4889</v>
       </c>
-      <c r="G24" s="9">
+      <c r="H24" s="9">
         <v>0.4912</v>
       </c>
-      <c r="H24" s="9">
+      <c r="I24" s="9">
         <v>0.4868</v>
       </c>
-      <c r="I24" s="9">
+      <c r="J24" s="9">
         <v>0.5224</v>
       </c>
-      <c r="J24" s="9">
+      <c r="K24" s="9">
         <v>0.5257</v>
       </c>
-      <c r="K24" s="9">
+      <c r="L24" s="9">
         <v>0.5152</v>
       </c>
-      <c r="L24" s="9">
+      <c r="M24" s="9">
         <v>0.5217</v>
       </c>
-      <c r="M24" s="9">
+      <c r="N24" s="9">
         <v>0.5358</v>
       </c>
-      <c r="N24" s="9">
+      <c r="O24" s="9">
         <v>0.5567</v>
       </c>
-      <c r="O24" s="9">
+      <c r="P24" s="9">
         <v>0.57</v>
       </c>
-      <c r="P24" s="9">
+      <c r="Q24" s="9">
         <v>0.5546</v>
       </c>
-      <c r="Q24" s="9">
+      <c r="R24" s="9">
         <v>0.5403</v>
       </c>
-      <c r="R24" s="9">
+      <c r="S24" s="9">
         <v>0.5221</v>
       </c>
-      <c r="S24" s="9">
+      <c r="T24" s="9">
         <v>0.5413</v>
       </c>
-      <c r="T24" s="9">
+      <c r="U24" s="9">
         <v>0.5176</v>
       </c>
-      <c r="U24" s="9">
-[...12 lines deleted...]
-    <row r="25" spans="1:24">
+    </row>
+    <row r="25" spans="1:21">
       <c r="A25" s="11" t="s">
         <v>22</v>
       </c>
       <c r="B25" s="9">
         <v>1.0</v>
       </c>
       <c r="C25" s="9">
         <v>1.0</v>
       </c>
       <c r="D25" s="9">
         <v>1.0</v>
       </c>
       <c r="E25" s="9">
         <v>1.0</v>
       </c>
       <c r="F25" s="9">
         <v>1.0</v>
       </c>
       <c r="G25" s="9">
         <v>1.0</v>
       </c>
       <c r="H25" s="9">
         <v>1.0</v>
       </c>
       <c r="I25" s="9">
@@ -2104,87 +1924,75 @@
       </c>
       <c r="N25" s="9">
         <v>1.0</v>
       </c>
       <c r="O25" s="9">
         <v>1.0</v>
       </c>
       <c r="P25" s="9">
         <v>1.0</v>
       </c>
       <c r="Q25" s="9">
         <v>1.0</v>
       </c>
       <c r="R25" s="9">
         <v>1.0</v>
       </c>
       <c r="S25" s="9">
         <v>1.0</v>
       </c>
       <c r="T25" s="9">
         <v>1.0</v>
       </c>
       <c r="U25" s="9">
         <v>1.0</v>
       </c>
-      <c r="V25" s="9">
-[...9 lines deleted...]
-    <row r="26" spans="1:24">
+    </row>
+    <row r="26" spans="1:21">
       <c r="A26" s="12" t="s">
         <v>23</v>
       </c>
       <c r="B26" s="12"/>
       <c r="C26" s="12"/>
       <c r="D26" s="12"/>
       <c r="E26" s="12"/>
       <c r="F26" s="12"/>
       <c r="G26" s="12"/>
       <c r="H26" s="12"/>
       <c r="I26" s="12"/>
       <c r="J26" s="12"/>
       <c r="K26" s="12"/>
       <c r="L26" s="12"/>
       <c r="M26" s="12"/>
       <c r="N26" s="12"/>
       <c r="O26" s="12"/>
       <c r="P26" s="12"/>
       <c r="Q26" s="12"/>
       <c r="R26" s="12"/>
       <c r="S26" s="12"/>
       <c r="T26" s="12"/>
       <c r="U26" s="12"/>
-      <c r="V26" s="12"/>
-[...1 lines deleted...]
-      <c r="X26" s="12"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">