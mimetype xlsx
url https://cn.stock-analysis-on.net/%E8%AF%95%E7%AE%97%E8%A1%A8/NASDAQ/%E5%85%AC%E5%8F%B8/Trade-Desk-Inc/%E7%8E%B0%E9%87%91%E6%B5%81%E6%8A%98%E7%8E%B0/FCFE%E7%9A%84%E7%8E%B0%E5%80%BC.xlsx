--- v0 (2025-11-11)
+++ v1 (2026-02-08)
@@ -41,51 +41,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
   <si>
     <t>付费用户区域。数据不可用！</t>
   </si>
   <si>
     <t>Trade Desk Inc.</t>
   </si>
   <si>
     <t>自由现金流与权益比率（FCFE）预测</t>
   </si>
   <si>
     <t>以千美元计，每股数据除外</t>
   </si>
   <si>
     <t>年</t>
   </si>
   <si>
     <t>价值</t>
   </si>
   <si>
     <t>FCFE(t) 或 TV(t)</t>
   </si>
   <si>
-    <t>现值 19.69%</t>
+    <t>现值 23.25%</t>
   </si>
   <si>
     <t>FCFE(0)</t>
   </si>
   <si>
     <t>FCFE(1)</t>
   </si>
   <si>
     <t>FCFE(2)</t>
   </si>
   <si>
     <t>FCFE(3)</t>
   </si>
   <si>
     <t>FCFE(4)</t>
   </si>
   <si>
     <t>FCFE(5)</t>
   </si>
   <si>
     <t>TV(5)</t>
   </si>
   <si>
     <t>普通股 Trade Desk Inc. 内在价值</t>
   </si>