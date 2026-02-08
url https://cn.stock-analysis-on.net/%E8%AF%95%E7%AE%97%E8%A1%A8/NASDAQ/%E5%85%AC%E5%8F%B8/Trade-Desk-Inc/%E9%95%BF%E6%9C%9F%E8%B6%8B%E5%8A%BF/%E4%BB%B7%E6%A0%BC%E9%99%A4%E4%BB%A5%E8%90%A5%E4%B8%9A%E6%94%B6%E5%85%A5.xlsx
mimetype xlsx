--- v0 (2025-11-10)
+++ v1 (2026-02-08)
@@ -932,111 +932,111 @@
       </c>
       <c r="E9" s="6">
         <v>23.1</v>
       </c>
       <c r="F9" s="6">
         <v>52.020000000000003</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" s="5">
         <v>43889</v>
       </c>
       <c r="B10" s="6">
         <v>116.7</v>
       </c>
       <c r="C10" s="6">
         <v>29.050000000000001</v>
       </c>
       <c r="D10" s="6">
         <v>9.51</v>
       </c>
       <c r="E10" s="6">
         <v>24.9</v>
       </c>
       <c r="F10" s="6">
-        <v>57.82</v>
+        <v>57.83</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" s="5">
         <v>43518</v>
       </c>
       <c r="B11" s="6">
         <v>81.19</v>
       </c>
       <c r="C11" s="6">
         <v>30.27</v>
       </c>
       <c r="D11" s="6">
         <v>8.71</v>
       </c>
       <c r="E11" s="6">
         <v>19.1</v>
       </c>
       <c r="F11" s="6">
         <v>89.45999999999999</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" s="5">
         <v>43159</v>
       </c>
       <c r="B12" s="6">
         <v>33.97</v>
       </c>
       <c r="C12" s="6">
         <v>28.74</v>
       </c>
       <c r="D12" s="6">
         <v>10.98</v>
       </c>
       <c r="E12" s="6">
         <v>27.76</v>
       </c>
       <c r="F12" s="6">
-        <v>147.25</v>
+        <v>147.25999999999999</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" s="5">
         <v>42782</v>
       </c>
       <c r="B13" s="6">
         <v>22.75</v>
       </c>
       <c r="C13" s="6">
         <v>23.36</v>
       </c>
       <c r="D13" s="6">
         <v>10.61</v>
       </c>
       <c r="E13" s="6">
         <v>30.46</v>
       </c>
       <c r="F13" s="6">
-        <v>161.44</v>
+        <v>161.49000000000001</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B14" s="8"/>
       <c r="C14" s="8"/>
       <c r="D14" s="8"/>
       <c r="E14" s="8"/>
       <c r="F14" s="8"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>