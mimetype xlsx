--- v0 (2025-11-11)
+++ v1 (2026-02-09)
@@ -1049,51 +1049,51 @@
       </c>
       <c r="F12" s="6">
         <v>34.48</v>
       </c>
       <c r="G12" s="6">
         <v>3.76</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" s="5">
         <v>42782</v>
       </c>
       <c r="B13" s="6">
         <v>7.96</v>
       </c>
       <c r="C13" s="6">
         <v>3.99</v>
       </c>
       <c r="D13" s="6">
         <v>3.31</v>
       </c>
       <c r="E13" s="6">
         <v>6.39</v>
       </c>
       <c r="F13" s="6">
-        <v>22.88</v>
+        <v>22.89</v>
       </c>
       <c r="G13" s="6">
         <v>3.61</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B14" s="8"/>
       <c r="C14" s="8"/>
       <c r="D14" s="8"/>
       <c r="E14" s="8"/>
       <c r="F14" s="8"/>
       <c r="G14" s="8"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">