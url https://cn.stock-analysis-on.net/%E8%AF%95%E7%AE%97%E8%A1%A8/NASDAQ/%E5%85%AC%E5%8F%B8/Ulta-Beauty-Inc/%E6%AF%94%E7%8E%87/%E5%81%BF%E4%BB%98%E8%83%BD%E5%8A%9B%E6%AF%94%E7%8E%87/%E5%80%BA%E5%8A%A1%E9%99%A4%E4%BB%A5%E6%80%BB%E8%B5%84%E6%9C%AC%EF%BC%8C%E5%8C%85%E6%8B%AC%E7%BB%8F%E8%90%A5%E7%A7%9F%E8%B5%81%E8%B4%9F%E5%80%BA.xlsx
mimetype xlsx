--- v0 (2026-02-07)
+++ v1 (2026-02-09)
@@ -785,51 +785,51 @@
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="34.8">
       <c r="A14" s="5" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="28.8">
       <c r="A15" s="12" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" s="13" t="s">
         <v>12</v>
       </c>
       <c r="B16" s="14">
         <v>0.43</v>
       </c>
       <c r="C16" s="14">
         <v>0.51</v>
       </c>
       <c r="D16" s="14">
         <v>0.49</v>
       </c>
       <c r="E16" s="14">
-        <v>0.52</v>
+        <v>0.0</v>
       </c>
       <c r="F16" s="14">
         <v>0.0</v>
       </c>
       <c r="G16" s="14">
         <v>0.0</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" s="13" t="s">
         <v>13</v>
       </c>
       <c r="B17" s="14">
         <v>0.97</v>
       </c>
       <c r="C17" s="14">
         <v>1.04</v>
       </c>
       <c r="D17" s="14">
         <v>0.93</v>
       </c>
       <c r="E17" s="14">
         <v>1.09</v>
       </c>
       <c r="F17" s="14">