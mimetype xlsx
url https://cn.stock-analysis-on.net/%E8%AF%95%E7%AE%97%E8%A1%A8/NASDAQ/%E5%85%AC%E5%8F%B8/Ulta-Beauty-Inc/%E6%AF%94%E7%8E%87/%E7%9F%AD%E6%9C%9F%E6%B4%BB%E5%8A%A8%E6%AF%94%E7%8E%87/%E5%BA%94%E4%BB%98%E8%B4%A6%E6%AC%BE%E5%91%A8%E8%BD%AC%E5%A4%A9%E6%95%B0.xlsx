--- v0 (2026-02-07)
+++ v1 (2026-02-09)
@@ -649,51 +649,51 @@
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="34.8">
       <c r="A9" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="28.8">
       <c r="A10" s="10" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" s="11" t="s">
         <v>7</v>
       </c>
       <c r="B11" s="12">
         <v>102.0</v>
       </c>
       <c r="C11" s="12">
         <v>101.0</v>
       </c>
       <c r="D11" s="12">
         <v>105.0</v>
       </c>
       <c r="E11" s="12">
-        <v>113.0</v>
+        <v>0.0</v>
       </c>
       <c r="F11" s="12">
         <v>0.0</v>
       </c>
       <c r="G11" s="12">
         <v>0.0</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" s="11" t="s">
         <v>8</v>
       </c>
       <c r="B12" s="12">
         <v>40.0</v>
       </c>
       <c r="C12" s="12">
         <v>49.0</v>
       </c>
       <c r="D12" s="12">
         <v>49.0</v>
       </c>
       <c r="E12" s="12">
         <v>39.0</v>
       </c>
       <c r="F12" s="12">