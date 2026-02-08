--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1048,60 +1048,60 @@
       <c r="D15" s="10">
         <v>58.66</v>
       </c>
       <c r="E15" s="10">
         <v>65.73999999999999</v>
       </c>
       <c r="F15" s="10">
         <v>110.16</v>
       </c>
       <c r="G15" s="10">
         <v>251.97</v>
       </c>
       <c r="H15" s="10">
         <v>0.0</v>
       </c>
       <c r="I15" s="10">
         <v>93.17</v>
       </c>
       <c r="J15" s="10">
         <v>118.45</v>
       </c>
       <c r="K15" s="10">
         <v>59.049999999999997</v>
       </c>
       <c r="L15" s="10">
-        <v>48.079999999999998</v>
+        <v>0.0</v>
       </c>
       <c r="M15" s="10">
-        <v>65.12</v>
+        <v>0.0</v>
       </c>
       <c r="N15" s="10">
-        <v>57.25</v>
+        <v>0.0</v>
       </c>
       <c r="O15" s="10">
-        <v>65.0</v>
+        <v>0.0</v>
       </c>
       <c r="P15" s="10">
         <v>0.0</v>
       </c>
       <c r="Q15" s="10">
         <v>0.0</v>
       </c>
       <c r="R15" s="10">
         <v>0.0</v>
       </c>
       <c r="S15" s="10">
         <v>0.0</v>
       </c>
       <c r="T15" s="10">
         <v>0.0</v>
       </c>
       <c r="U15" s="10">
         <v>0.0</v>
       </c>
       <c r="V15" s="10">
         <v>0.0</v>
       </c>
       <c r="W15" s="10">
         <v>0.0</v>
       </c>