--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1048,60 +1048,60 @@
       <c r="D15" s="10">
         <v>8.84</v>
       </c>
       <c r="E15" s="10">
         <v>7.21</v>
       </c>
       <c r="F15" s="10">
         <v>8.54</v>
       </c>
       <c r="G15" s="10">
         <v>7.0</v>
       </c>
       <c r="H15" s="10">
         <v>7.25</v>
       </c>
       <c r="I15" s="10">
         <v>7.67</v>
       </c>
       <c r="J15" s="10">
         <v>10.46</v>
       </c>
       <c r="K15" s="10">
         <v>9.44</v>
       </c>
       <c r="L15" s="10">
-        <v>11.6</v>
+        <v>0.0</v>
       </c>
       <c r="M15" s="10">
-        <v>14.19</v>
+        <v>0.0</v>
       </c>
       <c r="N15" s="10">
-        <v>14.68</v>
+        <v>0.0</v>
       </c>
       <c r="O15" s="10">
-        <v>16.93</v>
+        <v>0.0</v>
       </c>
       <c r="P15" s="10">
         <v>0.0</v>
       </c>
       <c r="Q15" s="10">
         <v>0.0</v>
       </c>
       <c r="R15" s="10">
         <v>0.0</v>
       </c>
       <c r="S15" s="10">
         <v>0.0</v>
       </c>
       <c r="T15" s="10">
         <v>0.0</v>
       </c>
       <c r="U15" s="10">
         <v>0.0</v>
       </c>
       <c r="V15" s="10">
         <v>0.0</v>
       </c>
       <c r="W15" s="10">
         <v>0.0</v>
       </c>