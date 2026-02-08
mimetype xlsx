--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1362,60 +1362,60 @@
       <c r="I15" s="7">
         <v>0.81</v>
       </c>
       <c r="J15" s="7">
         <v>0.72</v>
       </c>
       <c r="K15" s="7">
         <v>0.71</v>
       </c>
       <c r="L15" s="7">
         <v>0.65</v>
       </c>
       <c r="M15" s="7">
         <v>0.72</v>
       </c>
       <c r="N15" s="7">
         <v>0.77</v>
       </c>
       <c r="O15" s="7">
         <v>0.66</v>
       </c>
       <c r="P15" s="7">
         <v>0.71</v>
       </c>
       <c r="Q15" s="7">
-        <v>0.62</v>
+        <v>0.0</v>
       </c>
       <c r="R15" s="7">
-        <v>0.75</v>
+        <v>0.0</v>
       </c>
       <c r="S15" s="7">
-        <v>0.86</v>
+        <v>0.0</v>
       </c>
       <c r="T15" s="7">
-        <v>0.76</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="16" spans="1:20">
       <c r="A16" s="15" t="s">
         <v>16</v>
       </c>
       <c r="B16" s="7">
         <v>1.3</v>
       </c>
       <c r="C16" s="7">
         <v>1.32</v>
       </c>
       <c r="D16" s="7">
         <v>1.09</v>
       </c>
       <c r="E16" s="7">
         <v>1.17</v>
       </c>
       <c r="F16" s="7">
         <v>1.14</v>
       </c>
       <c r="G16" s="7">
         <v>1.25</v>
       </c>
       <c r="H16" s="7">
@@ -2124,60 +2124,60 @@
       <c r="I19" s="7">
         <v>0.61</v>
       </c>
       <c r="J19" s="7">
         <v>0.51</v>
       </c>
       <c r="K19" s="7">
         <v>0.51</v>
       </c>
       <c r="L19" s="7">
         <v>0.49</v>
       </c>
       <c r="M19" s="7">
         <v>0.52</v>
       </c>
       <c r="N19" s="7">
         <v>0.58</v>
       </c>
       <c r="O19" s="7">
         <v>0.47</v>
       </c>
       <c r="P19" s="7">
         <v>0.52</v>
       </c>
       <c r="Q19" s="7">
-        <v>0.47</v>
+        <v>0.0</v>
       </c>
       <c r="R19" s="7">
-        <v>0.56</v>
+        <v>0.0</v>
       </c>
       <c r="S19" s="7">
-        <v>0.64</v>
+        <v>0.0</v>
       </c>
       <c r="T19" s="7">
-        <v>0.57</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="20" spans="1:20">
       <c r="A20" s="15" t="s">
         <v>16</v>
       </c>
       <c r="B20" s="7">
         <v>1.15</v>
       </c>
       <c r="C20" s="7">
         <v>1.17</v>
       </c>
       <c r="D20" s="7">
         <v>0.94</v>
       </c>
       <c r="E20" s="7">
         <v>1.03</v>
       </c>
       <c r="F20" s="7">
         <v>1.0</v>
       </c>
       <c r="G20" s="7">
         <v>1.02</v>
       </c>
       <c r="H20" s="7">
@@ -2824,60 +2824,60 @@
       <c r="I18" s="7">
         <v>0.21</v>
       </c>
       <c r="J18" s="7">
         <v>0.14</v>
       </c>
       <c r="K18" s="7">
         <v>0.16</v>
       </c>
       <c r="L18" s="7">
         <v>0.17</v>
       </c>
       <c r="M18" s="7">
         <v>0.18</v>
       </c>
       <c r="N18" s="7">
         <v>0.22</v>
       </c>
       <c r="O18" s="7">
         <v>0.13</v>
       </c>
       <c r="P18" s="7">
         <v>0.17</v>
       </c>
       <c r="Q18" s="7">
-        <v>0.17</v>
+        <v>0.0</v>
       </c>
       <c r="R18" s="7">
-        <v>0.23</v>
+        <v>0.0</v>
       </c>
       <c r="S18" s="7">
-        <v>0.26</v>
+        <v>0.0</v>
       </c>
       <c r="T18" s="7">
-        <v>0.24</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="19" spans="1:20">
       <c r="A19" s="15" t="s">
         <v>16</v>
       </c>
       <c r="B19" s="7">
         <v>0.46</v>
       </c>
       <c r="C19" s="7">
         <v>0.43</v>
       </c>
       <c r="D19" s="7">
         <v>0.31</v>
       </c>
       <c r="E19" s="7">
         <v>0.37</v>
       </c>
       <c r="F19" s="7">
         <v>0.39</v>
       </c>
       <c r="G19" s="7">
         <v>0.42</v>
       </c>
       <c r="H19" s="7">