--- v0 (2026-02-07)
+++ v1 (2026-02-09)
@@ -1133,60 +1133,60 @@
       <c r="I18" s="15">
         <v>0.21</v>
       </c>
       <c r="J18" s="15">
         <v>0.14</v>
       </c>
       <c r="K18" s="15">
         <v>0.16</v>
       </c>
       <c r="L18" s="15">
         <v>0.17</v>
       </c>
       <c r="M18" s="15">
         <v>0.18</v>
       </c>
       <c r="N18" s="15">
         <v>0.22</v>
       </c>
       <c r="O18" s="15">
         <v>0.13</v>
       </c>
       <c r="P18" s="15">
         <v>0.17</v>
       </c>
       <c r="Q18" s="15">
-        <v>0.17</v>
+        <v>0.0</v>
       </c>
       <c r="R18" s="15">
-        <v>0.23</v>
+        <v>0.0</v>
       </c>
       <c r="S18" s="15">
-        <v>0.26</v>
+        <v>0.0</v>
       </c>
       <c r="T18" s="15">
-        <v>0.24</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="19" spans="1:20">
       <c r="A19" s="14" t="s">
         <v>14</v>
       </c>
       <c r="B19" s="15">
         <v>0.46</v>
       </c>
       <c r="C19" s="15">
         <v>0.43</v>
       </c>
       <c r="D19" s="15">
         <v>0.31</v>
       </c>
       <c r="E19" s="15">
         <v>0.37</v>
       </c>
       <c r="F19" s="15">
         <v>0.39</v>
       </c>
       <c r="G19" s="15">
         <v>0.42</v>
       </c>
       <c r="H19" s="15">